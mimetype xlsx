--- v0 (2025-12-01)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -506,53 +506,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Three Phase Cage Induction Motors) Determination 2019</t>
   </si>
   <si>
     <t>This Standard applies to three-phase cage induction motors with ratings from 0.73 kW and up to but not including 185 kW. The scope covers motors of rated voltages up to 1100 V a.c. with rated voltages up to 1100 V, alternating current (AC). NOTE: This range includes motors with ratings of 1 hp and 1 CV/PS (French/German or metric horsepower). MEPS does not apply to submersible motors, integral motor-gear systems, variable or multi-speed speed motors or those rated only for short duty cycles (IEC60034-2 duty rating S2).</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
@@ -678,68 +675,68 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1288,51 +1285,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2378,1186 +2375,1186 @@
       </c>
       <c r="L22" t="s">
         <v>155</v>
       </c>
       <c r="M22" t="s">
         <v>137</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>156</v>
       </c>
       <c r="P22" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>158</v>
       </c>
       <c r="B23" t="s">
         <v>159</v>
       </c>
       <c r="C23" t="s">
-        <v>160</v>
+        <v>31</v>
       </c>
       <c r="D23" t="s">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>59</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>143</v>
       </c>
       <c r="H23">
         <v>2025</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
         <v>161</v>
       </c>
-      <c r="K23" t="s">
-[...2 lines deleted...]
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
         <v>166</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2001</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
+        <v>168</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
         <v>169</v>
       </c>
-      <c r="K24" t="s">
-[...2 lines deleted...]
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N24" t="s">
         <v>122</v>
       </c>
       <c r="O24" t="s">
+        <v>171</v>
+      </c>
+      <c r="P24" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" t="s">
         <v>174</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>175</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E25" t="s">
         <v>59</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
         <v>2022</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
         <v>178</v>
       </c>
-      <c r="K25" t="s">
-[...2 lines deleted...]
-      <c r="L25" t="s">
+      <c r="M25" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
         <v>183</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2022</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="M26" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
         <v>189</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>175</v>
+      </c>
+      <c r="D27" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E27" t="s">
         <v>59</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="M27" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
         <v>195</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>196</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>59</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1996</v>
       </c>
       <c r="I28">
         <v>2012</v>
       </c>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
+        <v>200</v>
+      </c>
+      <c r="P28" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
         <v>203</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>59</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1996</v>
       </c>
       <c r="I29">
         <v>2010</v>
       </c>
       <c r="J29" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="P29" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
         <v>206</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>207</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>1981</v>
       </c>
       <c r="I30">
         <v>2002</v>
       </c>
       <c r="J30" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="N30" t="s">
         <v>122</v>
       </c>
       <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
         <v>213</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
       <c r="I31">
         <v>2016</v>
       </c>
       <c r="J31" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="C32" t="s">
         <v>113</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>143</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
+        <v>218</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
         <v>219</v>
       </c>
-      <c r="K32" t="s">
-[...2 lines deleted...]
-      <c r="L32" t="s">
+      <c r="M32" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="N32" t="s">
         <v>122</v>
       </c>
       <c r="O32" t="s">
+        <v>221</v>
+      </c>
+      <c r="P32" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>223</v>
+      </c>
+      <c r="B33" t="s">
         <v>224</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2002</v>
       </c>
       <c r="I33">
         <v>2006</v>
       </c>
       <c r="J33" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>226</v>
+      </c>
+      <c r="M33" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
+        <v>228</v>
+      </c>
+      <c r="P33" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D34" t="s">
         <v>51</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>33</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>101</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
         <v>235</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D35" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>33</v>
       </c>
       <c r="H35">
         <v>2002</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>101</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" t="s">
         <v>238</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2002</v>
       </c>
       <c r="I36">
         <v>2016</v>
       </c>
       <c r="J36" t="s">
         <v>101</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="P36" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>240</v>
+      </c>
+      <c r="B37" t="s">
         <v>241</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>59</v>
       </c>
       <c r="F37" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="G37" t="s">
         <v>33</v>
       </c>
       <c r="H37">
         <v>2015</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
         <v>246</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D38" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E38" t="s">
         <v>59</v>
       </c>
       <c r="F38" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="G38" t="s">
         <v>33</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
+        <v>247</v>
+      </c>
+      <c r="P38" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>249</v>
+      </c>
+      <c r="B39" t="s">
         <v>250</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>251</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>99</v>
       </c>
       <c r="G39" t="s">
         <v>33</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2024</v>
       </c>
       <c r="J39" t="s">
+        <v>253</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>254</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="M39" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
         <v>259</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>59</v>
       </c>
       <c r="F40" t="s">
         <v>32</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2015</v>
       </c>
       <c r="J40" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="N40" t="s">
         <v>122</v>
       </c>
       <c r="O40" t="s">
+        <v>260</v>
+      </c>
+      <c r="P40" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>262</v>
+      </c>
+      <c r="B41" t="s">
         <v>263</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>264</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E41" t="s">
         <v>59</v>
       </c>
       <c r="F41" t="s">
         <v>99</v>
       </c>
       <c r="G41" t="s">
         <v>33</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>101</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
+        <v>266</v>
+      </c>
+      <c r="M41" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="N41" t="s">
         <v>122</v>
       </c>
       <c r="O41" t="s">
+        <v>268</v>
+      </c>
+      <c r="P41" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>270</v>
+      </c>
+      <c r="B42" t="s">
         <v>271</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
+        <v>264</v>
+      </c>
+      <c r="D42" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E42" t="s">
         <v>59</v>
       </c>
       <c r="F42" t="s">
         <v>99</v>
       </c>
       <c r="G42" t="s">
         <v>33</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>101</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="M42" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>275</v>
+      </c>
+      <c r="B43" t="s">
         <v>276</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>59</v>
       </c>
       <c r="F43" t="s">
         <v>99</v>
       </c>
       <c r="G43" t="s">
         <v>33</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>101</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="M43" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
+        <v>278</v>
+      </c>
+      <c r="P43" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>280</v>
+      </c>
+      <c r="B44" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C44" t="s">
         <v>88</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2005</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
         <v>91</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="M44" t="s">
         <v>92</v>
       </c>
       <c r="N44" t="s">
         <v>122</v>
       </c>
       <c r="O44" t="s">
+        <v>283</v>
+      </c>
+      <c r="P44" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>285</v>
+      </c>
+      <c r="B45" t="s">
         <v>286</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>59</v>
       </c>
       <c r="F45" t="s">
         <v>60</v>
       </c>
       <c r="G45" t="s">
         <v>33</v>
       </c>
       <c r="H45">
         <v>1998</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
+        <v>287</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
         <v>288</v>
       </c>
-      <c r="K45" t="s">
-[...2 lines deleted...]
-      <c r="L45" t="s">
+      <c r="M45" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="N45" t="s">
         <v>122</v>
       </c>
       <c r="O45" t="s">
+        <v>290</v>
+      </c>
+      <c r="P45" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>292</v>
+      </c>
+      <c r="B46" t="s">
         <v>293</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E46" t="s">
         <v>59</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>33</v>
       </c>
       <c r="H46">
         <v>2007</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
+        <v>295</v>
+      </c>
+      <c r="P46" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">