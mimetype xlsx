--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -62,117 +62,117 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...38 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
@@ -625,211 +625,209 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2022</v>
       </c>
       <c r="I3">
         <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
         <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2016</v>
       </c>
       <c r="J4" t="s">
         <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>51</v>
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>