--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,179 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
+  </si>
+  <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,271 +473,298 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="314.923" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...66 lines deleted...]
-        <v>29</v>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>