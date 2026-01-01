--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,63 +132,63 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Egypt</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
@@ -571,55 +571,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="314.923" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -757,99 +757,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>