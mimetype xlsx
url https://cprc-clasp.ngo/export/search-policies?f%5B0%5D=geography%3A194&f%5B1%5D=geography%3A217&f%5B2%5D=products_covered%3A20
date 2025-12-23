--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -125,78 +125,96 @@
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
   </si>
   <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -518,51 +536,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P6"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -692,182 +710,226 @@
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>40</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2019</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">