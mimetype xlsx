--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -12,278 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,439 +593,490 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="150" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="396.332" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-        <v>24</v>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...15 lines deleted...]
-      <c r="F3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="K3" t="s">
-[...9 lines deleted...]
-        <v>28</v>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...37 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
-      <c r="I5" t="s">
-        <v>33</v>
+      <c r="I5">
+        <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
         <v>1986</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>47</v>
       </c>
-      <c r="M6" t="s">
-[...67 lines deleted...]
-      <c r="G8">
+      <c r="H8">
         <v>2014</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>31</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="K8"/>
-[...7 lines deleted...]
-        <v>62</v>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>