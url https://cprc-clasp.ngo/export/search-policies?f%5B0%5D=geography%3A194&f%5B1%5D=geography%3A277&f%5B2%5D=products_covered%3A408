--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -12,656 +12,659 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>CEL - High Pressure Sodium Lamps</t>
-[...524 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
+  </si>
+  <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3128-2013 GB 17625.1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
+  </si>
+  <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
+    <t>CQC3155-2016; GB/T 18595-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
+  </si>
+  <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
+    <t>GB 30255-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
+  </si>
+  <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
+    <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
+  </si>
+  <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>CNS14335
+,   
+                    CNS14115</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
+  </si>
+  <si>
+    <t>CIE70
+,   
+                    CIE84
+,   
+                    CIE121</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
+    <t>CNS15437</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
+  </si>
+  <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1(Int):2014</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
     <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
   </si>
@@ -1018,51 +1021,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="262.936" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1103,1573 +1106,1571 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
         <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
         <v>38</v>
       </c>
-      <c r="K4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
         <v>38</v>
       </c>
-      <c r="K5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="M6" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
         <v>55</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="M8" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G9" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H11">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2017</v>
+      </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H12">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12"/>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
       <c r="M12" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G13" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C14" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>100</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2023</v>
+      </c>
       <c r="J14" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F15" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M15" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="P15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G16" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
         <v>110</v>
       </c>
-      <c r="M16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P16" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G17" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I17">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J17" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M17" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P17" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C18" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
       <c r="J18" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="M18" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F19" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H19">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="M19" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
         <v>131</v>
       </c>
-      <c r="B20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="M20" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="P20" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G21" t="s">
-        <v>66</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M21" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="P21" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="F22" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="G22" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H22"/>
       <c r="I22">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="J22" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="P22" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="B23" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2005</v>
+      </c>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="M23" t="s">
-        <v>144</v>
+        <v>38</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="P23" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B24" t="s">
-        <v>148</v>
+        <v>42</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G24" t="s">
-        <v>8</v>
+        <v>154</v>
       </c>
       <c r="H24">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>149</v>
+        <v>36</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="M24" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="P24" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B25" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>1989</v>
+      </c>
+      <c r="I25">
+        <v>2025</v>
+      </c>
       <c r="J25" t="s">
-        <v>23</v>
+        <v>160</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="M25" t="s">
-        <v>144</v>
+        <v>162</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="P25" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>160</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>161</v>
+        <v>48</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>162</v>
+        <v>93</v>
       </c>
       <c r="G26" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H26">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>163</v>
+        <v>36</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>164</v>
+        <v>43</v>
       </c>
       <c r="M26" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C27" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="D27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2009</v>
       </c>
       <c r="I27">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J27" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="M27" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="P27" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>171</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>180</v>
       </c>
       <c r="E28" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I28"/>
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
       <c r="J28" t="s">
-        <v>98</v>
+        <v>173</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>181</v>
+      </c>
       <c r="M28" t="s">
-        <v>111</v>
+        <v>175</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="P28" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="B29" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C29" t="s">
-        <v>180</v>
+        <v>107</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F29" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G29" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H29">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>181</v>
+        <v>108</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>182</v>
+        <v>121</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="P29" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B30" t="s">
-        <v>19</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F30" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G30" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I30">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" t="s">
         <v>190</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>55</v>
+      </c>
+      <c r="F31" t="s">
+        <v>56</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1996</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>196</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
         <v>192</v>
       </c>
-      <c r="E31" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E32" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="F32" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="G32" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2017</v>
       </c>
       <c r="J32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="D33" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H33">
         <v>2019</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">