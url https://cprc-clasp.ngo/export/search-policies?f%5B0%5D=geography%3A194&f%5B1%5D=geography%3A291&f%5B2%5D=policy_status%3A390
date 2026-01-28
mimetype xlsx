--- v0 (2025-11-27)
+++ v1 (2026-01-28)
@@ -12,154 +12,173 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...13 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -200,51 +219,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
   </si>
@@ -644,51 +663,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P13"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -752,580 +771,626 @@
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2025</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2" t="s">
+      <c r="L2"/>
+      <c r="M2" t="s">
         <v>25</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>26</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>27</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="N3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H4">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
         <v>40</v>
       </c>
-      <c r="M4" t="s">
-[...5 lines deleted...]
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H5">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
         <v>46</v>
       </c>
-      <c r="M5" t="s">
-[...5 lines deleted...]
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H6">
         <v>2020</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
         <v>52</v>
       </c>
-      <c r="M6" t="s">
-[...5 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
         <v>59</v>
-      </c>
-[...10 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>62</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
       <c r="M8" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="N9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>73</v>
       </c>
       <c r="P9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>75</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D10" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D11" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="N11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O11" t="s">
         <v>82</v>
       </c>
       <c r="P11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>84</v>
       </c>
       <c r="B12" t="s">
         <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="N12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>87</v>
       </c>
       <c r="P12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="N13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O13" t="s">
         <v>92</v>
       </c>
       <c r="P13" t="s">
         <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>72</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">