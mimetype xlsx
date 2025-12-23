--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -234,97 +234,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
     <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
   </si>
@@ -870,54 +873,54 @@
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
@@ -1108,312 +1111,312 @@
       </c>
       <c r="P8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>65</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>57</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
         <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>43</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14">
         <v>2019</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">