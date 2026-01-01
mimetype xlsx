--- v0 (2025-11-10)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -184,69 +184,72 @@
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
     <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
@@ -905,264 +908,264 @@
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H9">
         <v>2019</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10">
         <v>2019</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">