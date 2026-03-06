--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -116,86 +116,63 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -849,51 +826,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P23"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1040,249 +1017,249 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>40</v>
       </c>
       <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>44</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I5">
         <v>2024</v>
       </c>
+      <c r="I5"/>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>52</v>
       </c>
       <c r="P6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I8"/>
       <c r="J8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>64</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>65</v>
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
@@ -1378,643 +1355,593 @@
       </c>
       <c r="O10" t="s">
         <v>77</v>
       </c>
       <c r="P10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>81</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
         <v>26</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
         <v>89</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12"/>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>90</v>
       </c>
       <c r="P12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
         <v>25</v>
       </c>
       <c r="N13" t="s">
         <v>26</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>104</v>
       </c>
       <c r="M15" t="s">
         <v>25</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>105</v>
       </c>
       <c r="P15" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>107</v>
       </c>
       <c r="B16" t="s">
         <v>108</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="M16" t="s">
         <v>25</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
         <v>113</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>114</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B18" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>37</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2019</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
+        <v>117</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
         <v>123</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
         <v>126</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>37</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2019</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="P19" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D20" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>37</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2019</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="P20" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>37</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
         <v>139</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>37</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2019</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
         <v>142</v>
-      </c>
-[...47 lines deleted...]
-        <v>148</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">