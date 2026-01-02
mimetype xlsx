--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -12,157 +12,193 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
@@ -210,53 +246,50 @@
     <t>https://cprc-clasp.ngo/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
   </si>
   <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
     <t>Applies to double-capped fluorescent lamps for general lighting services</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
   </si>
   <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
@@ -498,104 +531,107 @@
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
   </si>
   <si>
     <t>Samoa*</t>
   </si>
@@ -639,83 +675,50 @@
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
     <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -1327,1855 +1330,1853 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="H4"/>
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
       <c r="I4"/>
       <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
         <v>46</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4"/>
       <c r="M4" t="s">
         <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>48</v>
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
-      <c r="I7">
-[...1 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="D8" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
         <v>66</v>
-      </c>
-[...14 lines deleted...]
-        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>77</v>
       </c>
       <c r="P8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>81</v>
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I9"/>
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>98</v>
       </c>
-      <c r="G11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11"/>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
       <c r="M11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I12"/>
+        <v>1994</v>
+      </c>
+      <c r="I12">
+        <v>2003</v>
+      </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
         <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>109</v>
       </c>
       <c r="P12" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>111</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>114</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I14">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="J14" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="P14" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C15" t="s">
-        <v>52</v>
+        <v>128</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I15">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="J15" t="s">
-        <v>46</v>
+        <v>129</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B16" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>62</v>
       </c>
       <c r="D16" t="s">
-        <v>132</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="I16">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>133</v>
+        <v>56</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>71</v>
       </c>
       <c r="M16" t="s">
         <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>136</v>
       </c>
       <c r="P16" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>138</v>
       </c>
       <c r="B17" t="s">
         <v>139</v>
       </c>
       <c r="C17" t="s">
         <v>140</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>141</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="I17">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="J17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I18">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J18" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>151</v>
+      </c>
       <c r="M18" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="P18" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="B19" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D19" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
       <c r="J19" t="s">
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="P19" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>140</v>
       </c>
       <c r="D20" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H20">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>83</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H21">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I21">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="J21" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21"/>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
       <c r="M21" t="s">
-        <v>166</v>
+        <v>92</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="P21" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="G22" t="s">
-        <v>66</v>
+        <v>175</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
       <c r="I22">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J22" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="P22" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B23" t="s">
+        <v>180</v>
+      </c>
+      <c r="C23" t="s">
         <v>174</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I23"/>
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
       <c r="J23" t="s">
-        <v>75</v>
+        <v>181</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
         <v>176</v>
       </c>
-      <c r="M23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>182</v>
+      </c>
+      <c r="P23" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="H24">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>186</v>
+      </c>
       <c r="M24" t="s">
-        <v>99</v>
+        <v>187</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="P24" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B25" t="s">
-        <v>184</v>
+        <v>104</v>
       </c>
       <c r="C25" t="s">
-        <v>165</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>185</v>
+        <v>141</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2003</v>
       </c>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>166</v>
+        <v>108</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="D26" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>8</v>
+        <v>175</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
       <c r="I26">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="L26"/>
+      <c r="L26" t="s">
+        <v>196</v>
+      </c>
       <c r="M26" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="P26" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>174</v>
       </c>
       <c r="D27" t="s">
-        <v>196</v>
+        <v>141</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="H27">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>199</v>
+        <v>176</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H28">
         <v>2018</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M28" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P28" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2020</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H32">
         <v>2006</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M32" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E33" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="M33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F37" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G37" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2002</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E38" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F38" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H38">
         <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E39" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F39" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H39">
         <v>2016</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="M39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">