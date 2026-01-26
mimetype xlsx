--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -2270,97 +2270,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
@@ -9003,51 +9003,51 @@
       </c>
       <c r="P114" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
         <v>648</v>
       </c>
       <c r="B115" t="s">
         <v>649</v>
       </c>
       <c r="C115" t="s">
         <v>280</v>
       </c>
       <c r="D115" t="s">
         <v>402</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>34</v>
       </c>
       <c r="G115" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="H115">
         <v>2021</v>
       </c>
       <c r="I115">
         <v>2024</v>
       </c>
       <c r="J115" t="s">
         <v>650</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
         <v>651</v>
       </c>
       <c r="M115" t="s">
         <v>282</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
         <v>652</v>
       </c>
@@ -9203,54 +9203,54 @@
         <v>672</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>673</v>
       </c>
       <c r="B119" t="s">
         <v>674</v>
       </c>
       <c r="C119" t="s">
         <v>307</v>
       </c>
       <c r="D119" t="s">
         <v>675</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>79</v>
       </c>
       <c r="G119" t="s">
         <v>50</v>
       </c>
-      <c r="H119">
+      <c r="H119"/>
+      <c r="I119">
         <v>2024</v>
       </c>
-      <c r="I119"/>
       <c r="J119" t="s">
         <v>324</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>670</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
         <v>676</v>
       </c>
       <c r="P119" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
         <v>677</v>
       </c>
       <c r="B120" t="s">
@@ -9861,51 +9861,51 @@
       </c>
       <c r="P132" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>724</v>
       </c>
       <c r="B133" t="s">
         <v>725</v>
       </c>
       <c r="C133" t="s">
         <v>307</v>
       </c>
       <c r="D133" t="s">
         <v>64</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>8</v>
+        <v>607</v>
       </c>
       <c r="H133">
         <v>2011</v>
       </c>
       <c r="I133">
         <v>2022</v>
       </c>
       <c r="J133" t="s">
         <v>575</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
         <v>726</v>
       </c>
       <c r="M133" t="s">
         <v>670</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
         <v>727</v>
       </c>