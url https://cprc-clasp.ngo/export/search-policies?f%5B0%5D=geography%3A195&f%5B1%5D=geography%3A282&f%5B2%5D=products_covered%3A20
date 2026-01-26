--- v0 (2025-11-08)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -639,63 +639,66 @@
   <si>
     <t>Apply to cooling tower</t>
   </si>
   <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
@@ -2967,998 +2970,998 @@
       </c>
       <c r="P33" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>203</v>
       </c>
       <c r="B34" t="s">
         <v>204</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>205</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>206</v>
       </c>
       <c r="G34" t="s">
-        <v>45</v>
+        <v>207</v>
       </c>
       <c r="H34">
         <v>1989</v>
       </c>
       <c r="I34">
         <v>2009</v>
       </c>
       <c r="J34" t="s">
-        <v>32</v>
+        <v>208</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>78</v>
       </c>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>205</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>206</v>
       </c>
       <c r="G35" t="s">
         <v>45</v>
       </c>
       <c r="H35">
         <v>1989</v>
       </c>
       <c r="I35">
         <v>2021</v>
       </c>
       <c r="J35" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>90</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>206</v>
       </c>
       <c r="G36" t="s">
         <v>45</v>
       </c>
       <c r="H36">
         <v>1989</v>
       </c>
       <c r="I36">
         <v>2018</v>
       </c>
       <c r="J36" t="s">
         <v>32</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>66</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>38</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>206</v>
       </c>
       <c r="G37" t="s">
         <v>45</v>
       </c>
       <c r="H37">
         <v>2004</v>
       </c>
       <c r="I37">
         <v>2017</v>
       </c>
       <c r="J37" t="s">
         <v>32</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>206</v>
       </c>
       <c r="G38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H38">
         <v>2024</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B39" t="s">
         <v>158</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>83</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>206</v>
       </c>
       <c r="G39" t="s">
         <v>45</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39">
         <v>2021</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>85</v>
       </c>
       <c r="O39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B40" t="s">
         <v>139</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>206</v>
       </c>
       <c r="G40" t="s">
         <v>45</v>
       </c>
       <c r="H40">
         <v>2008</v>
       </c>
       <c r="I40">
         <v>2008</v>
       </c>
       <c r="J40" t="s">
         <v>32</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
         <v>72</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P40" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B41" t="s">
         <v>111</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>90</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>206</v>
       </c>
       <c r="G41" t="s">
         <v>45</v>
       </c>
       <c r="H41">
         <v>1989</v>
       </c>
       <c r="I41">
         <v>2020</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>102</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>206</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2021</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>194</v>
       </c>
       <c r="L42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M42" t="s">
         <v>26</v>
       </c>
       <c r="N42" t="s">
         <v>85</v>
       </c>
       <c r="O42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>102</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>206</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>32</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N43" t="s">
         <v>85</v>
       </c>
       <c r="O43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B44" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>83</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>206</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="M44" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N44" t="s">
         <v>85</v>
       </c>
       <c r="O44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B45" t="s">
         <v>31</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>38</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>206</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>33</v>
       </c>
       <c r="M45" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P45" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>59</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>206</v>
       </c>
       <c r="G46" t="s">
         <v>45</v>
       </c>
       <c r="H46">
         <v>2008</v>
       </c>
       <c r="I46">
         <v>2015</v>
       </c>
       <c r="J46" t="s">
         <v>32</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M46" t="s">
         <v>26</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P46" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B47" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>53</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>206</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>32</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B48" t="s">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>206</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2020</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>25</v>
       </c>
       <c r="M48" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P48" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B49" t="s">
         <v>58</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
         <v>59</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>206</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>60</v>
       </c>
       <c r="M49" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P49" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B50" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
         <v>102</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>206</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M50" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="N50" t="s">
         <v>85</v>
       </c>
       <c r="O50" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P50" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B51" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E51" t="s">
         <v>103</v>
       </c>
       <c r="F51" t="s">
         <v>104</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>46</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M51" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P51" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B52" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C52" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D52" t="s">
         <v>90</v>
       </c>
       <c r="E52" t="s">
         <v>103</v>
       </c>
       <c r="F52" t="s">
         <v>206</v>
       </c>
       <c r="G52" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P52" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B53" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C53" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D53" t="s">
         <v>90</v>
       </c>
       <c r="E53" t="s">
         <v>103</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
+        <v>302</v>
+      </c>
+      <c r="P53" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">