--- v0 (2025-11-11)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="732">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2018,50 +2018,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -2182,50 +2185,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -2719,51 +2725,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="160.389" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7969,1154 +7975,1154 @@
       </c>
       <c r="P109" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>617</v>
       </c>
       <c r="B110" t="s">
         <v>618</v>
       </c>
       <c r="C110" t="s">
         <v>31</v>
       </c>
       <c r="D110" t="s">
         <v>196</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>619</v>
       </c>
       <c r="H110">
         <v>2004</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="M110" t="s">
         <v>605</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="P110" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C111" t="s">
         <v>31</v>
       </c>
       <c r="D111" t="s">
         <v>196</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>197</v>
       </c>
       <c r="G111" t="s">
         <v>35</v>
       </c>
       <c r="H111">
         <v>2004</v>
       </c>
       <c r="I111">
         <v>2021</v>
       </c>
       <c r="J111" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
         <v>605</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P111" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B112" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C112" t="s">
         <v>31</v>
       </c>
       <c r="D112" t="s">
         <v>111</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>35</v>
       </c>
       <c r="H112">
         <v>1978</v>
       </c>
       <c r="I112">
         <v>2017</v>
       </c>
       <c r="J112" t="s">
         <v>44</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
         <v>605</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="P112" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C113" t="s">
         <v>31</v>
       </c>
       <c r="D113" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E113" t="s">
         <v>33</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>80</v>
       </c>
       <c r="H113">
         <v>2013</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>121</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
         <v>605</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P113" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B114" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C114" t="s">
         <v>31</v>
       </c>
       <c r="D114" t="s">
         <v>228</v>
       </c>
       <c r="E114" t="s">
         <v>33</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>80</v>
       </c>
       <c r="H114">
         <v>2014</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>121</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
         <v>605</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
       <c r="O114" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P114" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C115" t="s">
         <v>31</v>
       </c>
       <c r="D115" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E115" t="s">
         <v>33</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>35</v>
       </c>
       <c r="H115">
         <v>2007</v>
       </c>
       <c r="I115">
         <v>2014</v>
       </c>
       <c r="J115" t="s">
         <v>121</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>605</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P115" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B116" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C116" t="s">
         <v>31</v>
       </c>
       <c r="D116" t="s">
         <v>228</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>80</v>
       </c>
       <c r="H116">
         <v>2017</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>121</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
         <v>605</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P116" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B117" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C117" t="s">
         <v>31</v>
       </c>
       <c r="D117" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E117" t="s">
         <v>33</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>80</v>
       </c>
       <c r="H117">
         <v>2012</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>121</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
         <v>605</v>
       </c>
       <c r="N117" t="s">
         <v>26</v>
       </c>
       <c r="O117" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P117" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B118" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C118" t="s">
         <v>31</v>
       </c>
       <c r="D118" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E118" t="s">
         <v>33</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>80</v>
       </c>
       <c r="H118">
         <v>2013</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>44</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
         <v>605</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
       <c r="O118" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="P118" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B119" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C119" t="s">
         <v>31</v>
       </c>
       <c r="D119" t="s">
         <v>338</v>
       </c>
       <c r="E119" t="s">
         <v>33</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>80</v>
       </c>
       <c r="H119">
         <v>2013</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>121</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
         <v>605</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="P119" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B120" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C120" t="s">
         <v>31</v>
       </c>
       <c r="D120" t="s">
         <v>242</v>
       </c>
       <c r="E120" t="s">
         <v>33</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>80</v>
       </c>
       <c r="H120">
         <v>2013</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>121</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
         <v>605</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
       <c r="O120" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P120" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B121" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C121" t="s">
         <v>31</v>
       </c>
       <c r="D121" t="s">
         <v>280</v>
       </c>
       <c r="E121" t="s">
         <v>33</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>80</v>
       </c>
       <c r="H121">
         <v>2013</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>121</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>605</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="P121" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B122" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C122" t="s">
         <v>31</v>
       </c>
       <c r="D122" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E122" t="s">
         <v>33</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
-        <v>80</v>
+        <v>675</v>
       </c>
       <c r="H122">
         <v>2014</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
         <v>605</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="P122" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B123" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C123" t="s">
         <v>31</v>
       </c>
       <c r="D123" t="s">
         <v>55</v>
       </c>
       <c r="E123" t="s">
         <v>33</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>35</v>
       </c>
       <c r="H123">
         <v>2014</v>
       </c>
       <c r="I123">
         <v>2024</v>
       </c>
       <c r="J123" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>605</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="P123" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B124" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C124" t="s">
         <v>31</v>
       </c>
       <c r="D124" t="s">
         <v>307</v>
       </c>
       <c r="E124" t="s">
         <v>33</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>80</v>
       </c>
       <c r="H124">
         <v>2014</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>121</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>605</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="P124" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B125" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C125" t="s">
         <v>31</v>
       </c>
       <c r="D125" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="E125" t="s">
         <v>33</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>80</v>
       </c>
       <c r="H125">
         <v>2016</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>121</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
         <v>605</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="P125" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B126" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C126" t="s">
         <v>31</v>
       </c>
       <c r="D126" t="s">
         <v>297</v>
       </c>
       <c r="E126" t="s">
         <v>33</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>80</v>
       </c>
       <c r="H126">
         <v>2016</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>121</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
         <v>605</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="P126" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B127" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C127" t="s">
         <v>31</v>
       </c>
       <c r="D127" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="E127" t="s">
         <v>33</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>80</v>
       </c>
       <c r="H127">
         <v>2016</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>121</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
         <v>605</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
       <c r="O127" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="P127" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B128" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="C128" t="s">
         <v>31</v>
       </c>
       <c r="D128" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="E128" t="s">
         <v>286</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>187</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>44</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
         <v>614</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="P128" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B129" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="C129" t="s">
         <v>31</v>
       </c>
       <c r="D129" t="s">
         <v>128</v>
       </c>
       <c r="E129" t="s">
         <v>33</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>80</v>
       </c>
       <c r="H129">
         <v>2007</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>121</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
         <v>605</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="P129" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B130" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>61</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
         <v>35</v>
       </c>
       <c r="H130">
         <v>2010</v>
       </c>
       <c r="I130">
         <v>2014</v>
       </c>
       <c r="J130" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="M130" t="s">
         <v>25</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="P130" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B131" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>197</v>
       </c>
       <c r="G131" t="s">
         <v>80</v>
       </c>
       <c r="H131">
         <v>2014</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="M131" t="s">
         <v>25</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="P131" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B132" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>197</v>
       </c>
       <c r="G132" t="s">
         <v>35</v>
       </c>
       <c r="H132">
         <v>2012</v>
       </c>
       <c r="I132">
         <v>2014</v>
       </c>
       <c r="J132" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="M132" t="s">
         <v>25</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="P132" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B133" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>213</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>35</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133">
         <v>2014</v>
       </c>
       <c r="J133" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="M133" t="s">
         <v>25</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
       <c r="O133" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="P133" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">