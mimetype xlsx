--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -277,51 +277,51 @@
     <t>This program covers refrigerators and refrigerators with freezer compartments. The policy contains energy efficiency criteria and labeling requirements for the following products: refrigerators with a calibrated volume of less than 100L, refrigerators with a calibrated volume of greater than or equal to 100L, refrigerator-freezers with a calibrated volume of less than 450L and refrigerator-freezers with a calibrated volume of greater than or equal to 450L.</t>
   </si>
   <si>
     <t>TIS 455 Lem. 1-2017
 ,   
                     TIS 455 Volume 3-2017
 ,   
                     TIS 2186-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-refrigerators</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ref.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>New</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>