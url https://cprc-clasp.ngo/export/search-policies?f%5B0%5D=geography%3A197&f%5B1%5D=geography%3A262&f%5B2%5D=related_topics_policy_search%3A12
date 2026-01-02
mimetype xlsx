--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -62,85 +62,85 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of: