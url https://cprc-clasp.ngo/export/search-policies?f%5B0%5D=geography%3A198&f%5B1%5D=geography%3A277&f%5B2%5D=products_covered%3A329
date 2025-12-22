--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -353,83 +353,80 @@
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
     <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
     <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
@@ -509,69 +506,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
@@ -1073,51 +1070,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="98.976" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1687,948 +1684,948 @@
       </c>
       <c r="P12" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>111</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
         <v>113</v>
       </c>
       <c r="D13" t="s">
         <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2024</v>
       </c>
       <c r="J13" t="s">
         <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>116</v>
       </c>
       <c r="M13" t="s">
         <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>118</v>
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>82</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>48</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2025</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
         <v>126</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>48</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
+        <v>128</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>129</v>
       </c>
-      <c r="K15" t="s">
-[...2 lines deleted...]
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>130</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
         <v>131</v>
       </c>
-      <c r="N15" t="s">
-[...2 lines deleted...]
-      <c r="O15" t="s">
+      <c r="P15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
         <v>134</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1998</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
+        <v>137</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
         <v>138</v>
       </c>
-      <c r="K16" t="s">
-[...2 lines deleted...]
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>139</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
         <v>140</v>
       </c>
-      <c r="N16" t="s">
-[...2 lines deleted...]
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
         <v>143</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>144</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>1996</v>
       </c>
       <c r="I17">
         <v>2017</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>146</v>
+      </c>
+      <c r="M17" t="s">
         <v>147</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
         <v>148</v>
       </c>
-      <c r="N17" t="s">
-[...2 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>150</v>
+      </c>
+      <c r="B18" t="s">
         <v>151</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>144</v>
+      </c>
+      <c r="D18" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>1996</v>
       </c>
       <c r="I18">
         <v>2017</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="P18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
         <v>155</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>156</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>48</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
         <v>49</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>158</v>
+      </c>
+      <c r="M19" t="s">
         <v>159</v>
       </c>
-      <c r="M19" t="s">
+      <c r="N19" t="s">
         <v>160</v>
       </c>
-      <c r="N19" t="s">
+      <c r="O19" t="s">
         <v>161</v>
       </c>
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>163</v>
+      </c>
+      <c r="B20" t="s">
         <v>164</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>165</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20" t="s">
         <v>33</v>
       </c>
       <c r="H20">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
+        <v>168</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>169</v>
       </c>
-      <c r="N20" t="s">
-[...2 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>171</v>
+      </c>
+      <c r="B21" t="s">
         <v>172</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>33</v>
       </c>
       <c r="H21">
         <v>2025</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>173</v>
+      </c>
+      <c r="P21" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B22" t="s">
         <v>97</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2004</v>
       </c>
       <c r="I22">
         <v>2010</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>99</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
         <v>179</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>41</v>
       </c>
       <c r="G23" t="s">
         <v>33</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>106</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
+        <v>181</v>
+      </c>
+      <c r="M23" t="s">
         <v>182</v>
       </c>
-      <c r="M23" t="s">
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>183</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>185</v>
+      </c>
+      <c r="B24" t="s">
         <v>186</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
         <v>82</v>
       </c>
       <c r="E24" t="s">
         <v>58</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2011</v>
       </c>
       <c r="J24" t="s">
         <v>75</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>187</v>
+      </c>
+      <c r="M24" t="s">
+        <v>139</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>188</v>
       </c>
-      <c r="M24" t="s">
-[...5 lines deleted...]
-      <c r="O24" t="s">
+      <c r="P24" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
         <v>191</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D25" t="s">
         <v>47</v>
       </c>
       <c r="E25" t="s">
         <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>48</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>50</v>
       </c>
       <c r="M25" t="s">
+        <v>194</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>195</v>
       </c>
-      <c r="N25" t="s">
-[...2 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B26" t="s">
         <v>198</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D26" t="s">
         <v>19</v>
       </c>
       <c r="E26" t="s">
         <v>58</v>
       </c>
       <c r="F26" t="s">
         <v>41</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2010</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
         <v>75</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" t="s">
+        <v>139</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>200</v>
       </c>
-      <c r="M26" t="s">
-[...5 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
         <v>203</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>204</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>41</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>2018</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>49</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>207</v>
       </c>
-      <c r="N27" t="s">
-[...2 lines deleted...]
-      <c r="O27" t="s">
+      <c r="P27" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
       <c r="E28" t="s">
         <v>58</v>
       </c>
       <c r="F28" t="s">
         <v>48</v>
       </c>
       <c r="G28" t="s">
         <v>33</v>
       </c>
       <c r="H28">
         <v>2020</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>91</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M28" t="s">
         <v>85</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>69</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="M29" t="s">
         <v>70</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>219</v>
+      </c>
+      <c r="B30" t="s">
         <v>220</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2007</v>
       </c>
       <c r="I30">
         <v>2012</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
+        <v>222</v>
+      </c>
+      <c r="M30" t="s">
         <v>223</v>
       </c>
-      <c r="M30" t="s">
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
         <v>224</v>
       </c>
-      <c r="N30" t="s">
-[...2 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>226</v>
+      </c>
+      <c r="B31" t="s">
         <v>227</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
         <v>58</v>
       </c>
       <c r="F31" t="s">
         <v>48</v>
       </c>
       <c r="G31" t="s">
         <v>33</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>106</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>50</v>
       </c>
       <c r="M31" t="s">
+        <v>229</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>230</v>
       </c>
-      <c r="N31" t="s">
-[...2 lines deleted...]
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">