--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -119,72 +119,72 @@
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -700,51 +700,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>39</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>41</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>44</v>