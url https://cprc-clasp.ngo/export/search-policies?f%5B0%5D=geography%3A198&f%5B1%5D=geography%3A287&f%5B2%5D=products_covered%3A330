--- v0 (2025-11-08)
+++ v1 (2026-01-25)
@@ -12,134 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
     <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
   </si>
   <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
@@ -152,79 +152,82 @@
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -551,51 +554,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="235.8" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="274.79" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -635,55 +638,53 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
+      <c r="H2"/>
+      <c r="I2">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
@@ -827,74 +828,74 @@
       </c>
       <c r="P5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>47</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">