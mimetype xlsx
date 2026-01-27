--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -8208,51 +8208,51 @@
       </c>
       <c r="P109" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
         <v>559</v>
       </c>
       <c r="B110" t="s">
         <v>560</v>
       </c>
       <c r="C110" t="s">
         <v>38</v>
       </c>
       <c r="D110" t="s">
         <v>561</v>
       </c>
       <c r="E110" t="s">
         <v>40</v>
       </c>
       <c r="F110" t="s">
         <v>562</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H110">
         <v>2021</v>
       </c>
       <c r="I110">
         <v>2024</v>
       </c>
       <c r="J110" t="s">
         <v>563</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
         <v>564</v>
       </c>
       <c r="M110" t="s">
         <v>42</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
         <v>565</v>
       </c>