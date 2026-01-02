--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,65 +132,65 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
     <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
@@ -418,50 +418,68 @@
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>NOM-023-ENER-2018</t>
   </si>
@@ -999,65 +1017,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P31"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1195,99 +1213,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1479,197 +1497,197 @@
       </c>
       <c r="P9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>80</v>
       </c>
       <c r="B10" t="s">
         <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>82</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>76</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10">
         <v>2016</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
         <v>83</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>84</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>85</v>
       </c>
       <c r="P10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>89</v>
       </c>
       <c r="D11" t="s">
         <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>69</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H11">
         <v>2005</v>
       </c>
       <c r="I11">
         <v>2008</v>
       </c>
       <c r="J11" t="s">
         <v>53</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>91</v>
       </c>
       <c r="M11" t="s">
         <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>93</v>
       </c>
       <c r="P11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>97</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>98</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>99</v>
       </c>
       <c r="P12" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>95</v>
       </c>
       <c r="B13" t="s">
         <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>97</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>76</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13">
         <v>2012</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>102</v>
       </c>
       <c r="M13" t="s">
         <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>103</v>
       </c>
@@ -1813,51 +1831,51 @@
       </c>
       <c r="P16" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>122</v>
       </c>
       <c r="B17" t="s">
         <v>123</v>
       </c>
       <c r="C17" t="s">
         <v>124</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>76</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2015</v>
       </c>
       <c r="J17" t="s">
         <v>83</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>125</v>
       </c>
       <c r="M17" t="s">
         <v>126</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>127</v>
       </c>
@@ -1893,674 +1911,718 @@
       <c r="I18"/>
       <c r="J18" t="s">
         <v>132</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>77</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>133</v>
       </c>
       <c r="P18" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>134</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B19"/>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>75</v>
       </c>
       <c r="D19" t="s">
         <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="H19">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="I19">
         <v>2017</v>
       </c>
+      <c r="I19"/>
       <c r="J19" t="s">
+        <v>136</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
         <v>137</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>138</v>
       </c>
-      <c r="N19" t="s">
-[...2 lines deleted...]
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
         <v>141</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="D20" t="s">
         <v>37</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>76</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H20">
         <v>1995</v>
       </c>
       <c r="I20">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J20" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
       <c r="M20" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C21" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D21" t="s">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>76</v>
       </c>
       <c r="G21" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="I21"/>
+        <v>38</v>
+      </c>
+      <c r="H21">
+        <v>1995</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>143</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>149</v>
       </c>
       <c r="P21" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>151</v>
       </c>
       <c r="B22" t="s">
         <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="D22" t="s">
         <v>37</v>
       </c>
       <c r="E22" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>153</v>
+        <v>83</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
         <v>154</v>
       </c>
-      <c r="M22" t="s">
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
         <v>155</v>
       </c>
-      <c r="N22" t="s">
-[...2 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>157</v>
+      </c>
+      <c r="B23" t="s">
         <v>158</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D23" t="s">
         <v>37</v>
       </c>
       <c r="E23" t="s">
         <v>113</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H23">
-        <v>1998</v>
+        <v>2010</v>
       </c>
       <c r="I23">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J23" t="s">
+        <v>159</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
         <v>160</v>
       </c>
-      <c r="K23" t="s">
-[...2 lines deleted...]
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>161</v>
       </c>
-      <c r="M23" t="s">
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
         <v>162</v>
       </c>
-      <c r="N23" t="s">
-[...2 lines deleted...]
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
         <v>165</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>113</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H24">
         <v>1998</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>167</v>
       </c>
       <c r="M24" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F25" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H25">
-        <v>1995</v>
+        <v>1998</v>
       </c>
       <c r="I25">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="M25" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D26" t="s">
         <v>37</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>69</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H26">
         <v>1995</v>
       </c>
       <c r="I26">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="J26" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M26" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D27" t="s">
         <v>37</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>69</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H27">
         <v>1995</v>
       </c>
       <c r="I27">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="J27" t="s">
-        <v>137</v>
+        <v>166</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27"/>
+      <c r="L27" t="s">
+        <v>182</v>
+      </c>
       <c r="M27" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="P27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>142</v>
       </c>
       <c r="D28" t="s">
-        <v>185</v>
+        <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>69</v>
       </c>
       <c r="G28" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="H28">
+        <v>1995</v>
+      </c>
+      <c r="I28">
         <v>2016</v>
       </c>
-      <c r="I28"/>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>143</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
+        <v>144</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
         <v>187</v>
       </c>
-      <c r="N28" t="s">
+      <c r="P28" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>82</v>
+      </c>
+      <c r="D29" t="s">
         <v>191</v>
       </c>
-      <c r="B29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G29" t="s">
         <v>52</v>
       </c>
       <c r="H29">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>194</v>
+      </c>
+      <c r="O29" t="s">
         <v>195</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
         <v>198</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>199</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>37</v>
+      </c>
+      <c r="E30" t="s">
+        <v>113</v>
+      </c>
+      <c r="F30" t="s">
+        <v>76</v>
+      </c>
+      <c r="G30" t="s">
+        <v>52</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
         <v>200</v>
       </c>
-      <c r="D30" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
         <v>201</v>
       </c>
-      <c r="E30" t="s">
-[...20 lines deleted...]
-      <c r="L30" t="s">
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
         <v>202</v>
       </c>
-      <c r="M30" t="s">
+      <c r="P30" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
         <v>206</v>
       </c>
-      <c r="B31" t="s">
+      <c r="D31" t="s">
         <v>207</v>
       </c>
-      <c r="C31" t="s">
-[...2 lines deleted...]
-      <c r="D31" t="s">
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>69</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>159</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
         <v>208</v>
       </c>
-      <c r="E31" t="s">
-[...14 lines deleted...]
-      <c r="J31" t="s">
+      <c r="M31" t="s">
         <v>209</v>
-      </c>
-[...5 lines deleted...]
-        <v>126</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>210</v>
       </c>
       <c r="P31" t="s">
         <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>124</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>113</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>126</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">