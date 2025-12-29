--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -107,69 +107,72 @@
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
+    <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...16 lines deleted...]
-    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
@@ -740,224 +743,224 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2004</v>
       </c>
       <c r="I4">
         <v>2025</v>
       </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="M4" t="s">
         <v>32</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
         <v>33</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H6">
         <v>1999</v>
       </c>
       <c r="I6">
         <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7">
         <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">