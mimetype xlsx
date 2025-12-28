--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,86 +80,89 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-003-ener-2021</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
@@ -659,168 +662,168 @@
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2021</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>2018</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>31</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>33</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">