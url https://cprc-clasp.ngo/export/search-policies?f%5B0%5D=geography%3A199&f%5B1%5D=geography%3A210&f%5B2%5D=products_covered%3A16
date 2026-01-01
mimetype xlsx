--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7993/2018 Energy Efficiency Label For Televisions And Displays</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency requirements for televisions and display units.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/79932018-energy-efficiency-label-televisions-and-displays</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14349</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
@@ -257,50 +257,53 @@
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
   </si>
   <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1051,76 +1054,76 @@
       </c>
       <c r="P8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
         <v>38</v>
       </c>
       <c r="D9" t="s">
         <v>79</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>80</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>81</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>52</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M9" t="s">
         <v>43</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">