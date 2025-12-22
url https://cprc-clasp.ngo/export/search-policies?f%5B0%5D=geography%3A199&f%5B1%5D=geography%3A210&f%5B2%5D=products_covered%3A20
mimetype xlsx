--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
@@ -132,93 +132,93 @@
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
     <t>http://eos.org.eg/en/standard/14613</t>
   </si>
   <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
     <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14798</t>
   </si>
   <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
     <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
-[...1 lines deleted...]
-  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/8643</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14009</t>
   </si>
   <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
     <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
@@ -355,50 +355,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
   </si>
@@ -763,55 +766,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="192.239" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="90.692" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -949,99 +952,99 @@
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4">
         <v>2003</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
         <v>44</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>45</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
@@ -1139,151 +1142,151 @@
       </c>
       <c r="P7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>68</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
         <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>72</v>
       </c>
       <c r="P8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2017</v>
       </c>
       <c r="J9" t="s">
         <v>61</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>74</v>
       </c>
       <c r="M9" t="s">
         <v>71</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>76</v>
       </c>
       <c r="P9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>78</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H10">
         <v>1995</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
         <v>61</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>71</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>80</v>
       </c>
       <c r="P10" t="s">
         <v>81</v>
@@ -1335,376 +1338,376 @@
       </c>
       <c r="P11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>89</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12" t="s">
         <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H12">
         <v>2010</v>
       </c>
       <c r="I12">
         <v>2017</v>
       </c>
       <c r="J12" t="s">
         <v>92</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>93</v>
       </c>
       <c r="M12" t="s">
         <v>94</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
         <v>95</v>
       </c>
       <c r="P12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>97</v>
       </c>
       <c r="B13" t="s">
         <v>98</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>91</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H13">
         <v>1998</v>
       </c>
       <c r="I13">
         <v>2012</v>
       </c>
       <c r="J13" t="s">
         <v>99</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>100</v>
       </c>
       <c r="M13" t="s">
         <v>101</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>102</v>
       </c>
       <c r="P13" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>104</v>
       </c>
       <c r="B14" t="s">
         <v>105</v>
       </c>
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>91</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14">
         <v>1998</v>
       </c>
       <c r="I14">
         <v>2012</v>
       </c>
       <c r="J14" t="s">
         <v>99</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>106</v>
       </c>
       <c r="M14" t="s">
         <v>101</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>107</v>
       </c>
       <c r="P14" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>108</v>
       </c>
       <c r="B15" t="s">
         <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>110</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>68</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="H15">
         <v>2002</v>
       </c>
       <c r="I15">
         <v>2007</v>
       </c>
       <c r="J15" t="s">
         <v>61</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
         <v>71</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H16">
         <v>1995</v>
       </c>
       <c r="I16">
         <v>2008</v>
       </c>
       <c r="J16" t="s">
         <v>92</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
         <v>71</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
         <v>58</v>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>68</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H17">
         <v>1995</v>
       </c>
       <c r="I17">
         <v>2010</v>
       </c>
       <c r="J17" t="s">
         <v>99</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M17" t="s">
         <v>71</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>58</v>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>68</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H18">
         <v>1995</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
         <v>61</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>71</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">