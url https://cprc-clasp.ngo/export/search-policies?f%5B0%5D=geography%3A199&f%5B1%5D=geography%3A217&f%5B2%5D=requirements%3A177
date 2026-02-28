--- v0 (2025-11-27)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -188,53 +188,50 @@
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
@@ -274,50 +271,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
@@ -475,50 +484,53 @@
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
@@ -561,53 +573,50 @@
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9514/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
     <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
     <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
     <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
@@ -813,50 +822,53 @@
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
@@ -1301,65 +1313,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P44"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1569,1942 +1581,1986 @@
       </c>
       <c r="L5" t="s">
         <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>39</v>
       </c>
       <c r="O5" t="s">
         <v>54</v>
       </c>
       <c r="P5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>56</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>58</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>59</v>
       </c>
-      <c r="E6" t="s">
-[...2 lines deleted...]
-      <c r="F6" t="s">
+      <c r="G6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="H6">
         <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
         <v>62</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>63</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
         <v>64</v>
       </c>
-      <c r="N6" t="s">
-[...2 lines deleted...]
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
         <v>67</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>68</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2024</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>37</v>
       </c>
       <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
         <v>70</v>
       </c>
-      <c r="M7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="B8"/>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="H8">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>60</v>
+        <v>78</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="L9"/>
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="K10" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N10" t="s">
         <v>39</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
         <v>95</v>
       </c>
-      <c r="B11" t="s">
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
         <v>96</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="P11" t="s">
         <v>97</v>
-      </c>
-[...34 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>59</v>
+      </c>
+      <c r="G12" t="s">
+        <v>95</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
         <v>101</v>
       </c>
-      <c r="B12" t="s">
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
         <v>102</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="P12" t="s">
         <v>103</v>
-      </c>
-[...34 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H13">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="I13">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>109</v>
+        <v>87</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>95</v>
+      </c>
+      <c r="H14">
+        <v>1996</v>
+      </c>
+      <c r="I14">
+        <v>2005</v>
+      </c>
+      <c r="J14" t="s">
         <v>112</v>
       </c>
-      <c r="B14" t="s">
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>89</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
         <v>113</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="P14" t="s">
         <v>114</v>
-      </c>
-[...34 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
+      <c r="J15" t="s">
+        <v>87</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
         <v>118</v>
       </c>
-      <c r="B15" t="s">
+      <c r="M15" t="s">
+        <v>89</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
         <v>119</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="P15" t="s">
         <v>120</v>
-      </c>
-[...32 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>123</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2020</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>87</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
         <v>124</v>
       </c>
-      <c r="B16" t="s">
+      <c r="M16" t="s">
+        <v>89</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
         <v>125</v>
       </c>
-      <c r="C16" t="s">
-[...30 lines deleted...]
-      <c r="N16" t="s">
+      <c r="P16" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>8</v>
+        <v>129</v>
       </c>
       <c r="H17">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="I17">
-        <v>2025</v>
+        <v>2005</v>
       </c>
       <c r="J17" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>89</v>
+      </c>
+      <c r="N17" t="s">
+        <v>130</v>
+      </c>
+      <c r="O17" t="s">
         <v>131</v>
       </c>
-      <c r="M17" t="s">
-[...5 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
         <v>134</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H18">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
       <c r="J18" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M18" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N18" t="s">
         <v>39</v>
       </c>
       <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
         <v>139</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
+        <v>138</v>
+      </c>
+      <c r="M19" t="s">
+        <v>89</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
         <v>142</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>8</v>
       </c>
       <c r="H20">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="I20">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="J20" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M20" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
         <v>150</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H21">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="I21">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J21" t="s">
         <v>36</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="M21" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N21" t="s">
         <v>39</v>
       </c>
       <c r="O21" t="s">
+        <v>152</v>
+      </c>
+      <c r="P21" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" t="s">
         <v>155</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H22">
         <v>1995</v>
       </c>
       <c r="I22">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J22" t="s">
         <v>36</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>154</v>
+      </c>
       <c r="M22" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
+        <v>156</v>
+      </c>
+      <c r="P22" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
         <v>159</v>
       </c>
-      <c r="B23"/>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H23">
+        <v>1995</v>
+      </c>
+      <c r="I23">
         <v>2018</v>
       </c>
-      <c r="I23"/>
       <c r="J23" t="s">
         <v>36</v>
       </c>
       <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>89</v>
+      </c>
+      <c r="N23" t="s">
+        <v>39</v>
+      </c>
+      <c r="O23" t="s">
         <v>160</v>
       </c>
-      <c r="L23" t="s">
+      <c r="P23" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="B24"/>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>166</v>
+        <v>86</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I24">
         <v>2018</v>
       </c>
+      <c r="I24"/>
       <c r="J24" t="s">
         <v>36</v>
       </c>
       <c r="K24" t="s">
-        <v>37</v>
+        <v>163</v>
       </c>
       <c r="L24" t="s">
         <v>164</v>
       </c>
       <c r="M24" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N24" t="s">
         <v>39</v>
       </c>
       <c r="O24" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="H25">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2010</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
       <c r="J25" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="M25" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N25" t="s">
         <v>39</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="H26">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I26">
         <v>2017</v>
       </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>87</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26" t="s">
         <v>175</v>
       </c>
       <c r="M26" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N26" t="s">
         <v>39</v>
       </c>
       <c r="O26" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="P26" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H27">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
       <c r="J27" t="s">
-        <v>36</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="M27" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N27" t="s">
         <v>39</v>
       </c>
       <c r="O27" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="P27" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B28" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
         <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>44</v>
+        <v>186</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>34</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>36</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
       <c r="M28" t="s">
+        <v>89</v>
+      </c>
+      <c r="N28" t="s">
+        <v>39</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B29" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>194</v>
+        <v>44</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>86</v>
+        <v>192</v>
       </c>
       <c r="N29" t="s">
-        <v>39</v>
+        <v>130</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>197</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>59</v>
+      </c>
+      <c r="G30" t="s">
+        <v>60</v>
+      </c>
+      <c r="H30">
+        <v>2025</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>87</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
         <v>198</v>
       </c>
-      <c r="B30" t="s">
+      <c r="M30" t="s">
+        <v>89</v>
+      </c>
+      <c r="N30" t="s">
+        <v>39</v>
+      </c>
+      <c r="O30" t="s">
         <v>199</v>
       </c>
-      <c r="C30" t="s">
-[...20 lines deleted...]
-      <c r="J30" t="s">
+      <c r="P30" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>206</v>
+        <v>94</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H31">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="I31">
         <v>2014</v>
       </c>
       <c r="J31" t="s">
-        <v>36</v>
+        <v>203</v>
       </c>
       <c r="K31" t="s">
         <v>37</v>
       </c>
       <c r="L31" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="M31" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N31" t="s">
         <v>39</v>
       </c>
       <c r="O31" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="P31" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B32" t="s">
+        <v>208</v>
+      </c>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
+        <v>209</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32">
+        <v>1997</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>36</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
         <v>210</v>
       </c>
-      <c r="B32" t="s">
+      <c r="M32" t="s">
+        <v>89</v>
+      </c>
+      <c r="N32" t="s">
+        <v>39</v>
+      </c>
+      <c r="O32" t="s">
         <v>211</v>
       </c>
-      <c r="C32" t="s">
-[...21 lines deleted...]
-      <c r="K32" t="s">
+      <c r="P32" t="s">
         <v>212</v>
-      </c>
-[...13 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>86</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>59</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>203</v>
+      </c>
+      <c r="K33" t="s">
+        <v>215</v>
+      </c>
+      <c r="L33" t="s">
         <v>216</v>
       </c>
-      <c r="B33" t="s">
+      <c r="M33" t="s">
+        <v>89</v>
+      </c>
+      <c r="N33" t="s">
+        <v>39</v>
+      </c>
+      <c r="O33" t="s">
         <v>217</v>
       </c>
-      <c r="C33" t="s">
-[...26 lines deleted...]
-      <c r="L33" t="s">
+      <c r="P33" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>94</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>59</v>
+      </c>
+      <c r="G34" t="s">
+        <v>129</v>
+      </c>
+      <c r="H34">
+        <v>1994</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>203</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
         <v>221</v>
       </c>
-      <c r="B34" t="s">
+      <c r="M34" t="s">
+        <v>89</v>
+      </c>
+      <c r="N34" t="s">
+        <v>39</v>
+      </c>
+      <c r="O34" t="s">
         <v>222</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="P34" t="s">
         <v>223</v>
-      </c>
-[...34 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>224</v>
+      </c>
+      <c r="B35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>226</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>59</v>
+      </c>
+      <c r="G35" t="s">
+        <v>129</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2007</v>
+      </c>
+      <c r="J35" t="s">
+        <v>36</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
         <v>227</v>
       </c>
-      <c r="B35" t="s">
+      <c r="M35" t="s">
+        <v>89</v>
+      </c>
+      <c r="N35" t="s">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
         <v>228</v>
       </c>
-      <c r="C35" t="s">
-[...24 lines deleted...]
-      <c r="L35" t="s">
+      <c r="P35" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>230</v>
+      </c>
+      <c r="B36" t="s">
+        <v>231</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>140</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>59</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>203</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
         <v>232</v>
       </c>
-      <c r="B36" t="s">
+      <c r="M36" t="s">
+        <v>89</v>
+      </c>
+      <c r="N36" t="s">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
         <v>233</v>
       </c>
-      <c r="C36" t="s">
-[...26 lines deleted...]
-      <c r="L36" t="s">
+      <c r="P36" t="s">
         <v>234</v>
-      </c>
-[...10 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B37" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>239</v>
+        <v>145</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>92</v>
+        <v>237</v>
       </c>
       <c r="H37">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
       <c r="J37" t="s">
         <v>36</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>89</v>
+      </c>
+      <c r="N37" t="s">
+        <v>130</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
         <v>243</v>
       </c>
-      <c r="B38" t="s">
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>95</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>36</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
         <v>244</v>
       </c>
-      <c r="C38" t="s">
-[...26 lines deleted...]
-      <c r="L38" t="s">
+      <c r="M38" t="s">
+        <v>89</v>
+      </c>
+      <c r="N38" t="s">
+        <v>130</v>
+      </c>
+      <c r="O38" t="s">
         <v>245</v>
       </c>
-      <c r="M38" t="s">
-[...5 lines deleted...]
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>247</v>
+      </c>
+      <c r="B39" t="s">
         <v>248</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>72</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>59</v>
+      </c>
+      <c r="G39" t="s">
+        <v>95</v>
+      </c>
+      <c r="H39">
+        <v>1995</v>
+      </c>
+      <c r="I39">
+        <v>2008</v>
+      </c>
+      <c r="J39" t="s">
+        <v>203</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
         <v>249</v>
       </c>
-      <c r="C39" t="s">
-[...2 lines deleted...]
-      <c r="D39" t="s">
+      <c r="M39" t="s">
+        <v>89</v>
+      </c>
+      <c r="N39" t="s">
+        <v>39</v>
+      </c>
+      <c r="O39" t="s">
         <v>250</v>
       </c>
-      <c r="E39" t="s">
-[...20 lines deleted...]
-      <c r="L39" t="s">
+      <c r="P39" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>252</v>
+      </c>
+      <c r="B40" t="s">
+        <v>253</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
         <v>254</v>
       </c>
-      <c r="B40" t="s">
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" t="s">
+        <v>95</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>36</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
         <v>255</v>
       </c>
-      <c r="C40" t="s">
-[...20 lines deleted...]
-      <c r="J40" t="s">
+      <c r="M40" t="s">
+        <v>89</v>
+      </c>
+      <c r="N40" t="s">
+        <v>39</v>
+      </c>
+      <c r="O40" t="s">
         <v>256</v>
       </c>
-      <c r="K40" t="s">
-[...2 lines deleted...]
-      <c r="L40" t="s">
+      <c r="P40" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>72</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>59</v>
+      </c>
+      <c r="G41" t="s">
+        <v>95</v>
+      </c>
+      <c r="H41">
+        <v>1995</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
         <v>260</v>
       </c>
-      <c r="B41" t="s">
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
         <v>261</v>
       </c>
-      <c r="C41" t="s">
-[...2 lines deleted...]
-      <c r="D41" t="s">
+      <c r="M41" t="s">
+        <v>89</v>
+      </c>
+      <c r="N41" t="s">
+        <v>39</v>
+      </c>
+      <c r="O41" t="s">
         <v>262</v>
       </c>
-      <c r="E41" t="s">
-[...18 lines deleted...]
-      <c r="L41" t="s">
+      <c r="P41" t="s">
         <v>263</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>264</v>
+      </c>
+      <c r="B42" t="s">
+        <v>265</v>
+      </c>
+      <c r="C42" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" t="s">
         <v>266</v>
       </c>
-      <c r="B42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G42" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
         <v>36</v>
       </c>
       <c r="K42" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="L42"/>
+        <v>215</v>
+      </c>
+      <c r="L42" t="s">
+        <v>267</v>
+      </c>
       <c r="M42" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="N42" t="s">
         <v>39</v>
       </c>
       <c r="O42" t="s">
         <v>268</v>
       </c>
       <c r="P42" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>270</v>
       </c>
       <c r="B43" t="s">
         <v>271</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>183</v>
+        <v>72</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="H43">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I43"/>
+        <v>1995</v>
+      </c>
+      <c r="I43">
+        <v>2016</v>
+      </c>
       <c r="J43" t="s">
-        <v>200</v>
+        <v>36</v>
       </c>
       <c r="K43" t="s">
         <v>37</v>
       </c>
-      <c r="L43" t="s">
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>89</v>
+      </c>
+      <c r="N43" t="s">
+        <v>39</v>
+      </c>
+      <c r="O43" t="s">
         <v>272</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>274</v>
+      </c>
+      <c r="B44" t="s">
         <v>275</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>277</v>
+        <v>186</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44" t="s">
+        <v>276</v>
+      </c>
+      <c r="M44" t="s">
+        <v>89</v>
+      </c>
+      <c r="N44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>277</v>
+      </c>
+      <c r="P44" t="s">
         <v>278</v>
       </c>
-      <c r="M44" t="s">
-[...5 lines deleted...]
-      <c r="O44" t="s">
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
         <v>279</v>
       </c>
-      <c r="P44" t="s">
+      <c r="B45" t="s">
         <v>280</v>
+      </c>
+      <c r="C45" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" t="s">
+        <v>281</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>59</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>203</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45" t="s">
+        <v>282</v>
+      </c>
+      <c r="M45" t="s">
+        <v>89</v>
+      </c>
+      <c r="N45" t="s">
+        <v>39</v>
+      </c>
+      <c r="O45" t="s">
+        <v>283</v>
+      </c>
+      <c r="P45" t="s">
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">