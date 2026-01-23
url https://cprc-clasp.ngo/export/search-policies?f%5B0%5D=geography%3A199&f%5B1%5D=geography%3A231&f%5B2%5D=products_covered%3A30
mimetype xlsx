--- v0 (2025-10-14)
+++ v1 (2026-01-23)
@@ -12,248 +12,297 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,437 +566,488 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="384.478" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1989</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K6" t="s">
         <v>24</v>
       </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" t="s">
+        <v>54</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...21 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...13 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
-[...190 lines deleted...]
-        <v>52</v>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>