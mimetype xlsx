--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -211,50 +211,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4147</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4151 - Three Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for three phase cycloidal gear motors, with electrical power in fractional induction motors from 0.093kW to 0.559kW, and three phase induction motors from 0.746kW to 1492kW, reduction ratios from 2:1 to 7569:1, with nominal voltages 220, 208-230/460 and 460V, with a frequency of 60 Hertz, vertical or horizontal mounting, single or double reduction.</t>
   </si>
   <si>
     <t>NOM-016-ENER / CSA-C747-94 / UL 1004 / IEC 60034-5</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -584,51 +587,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="692.402" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -916,78 +919,78 @@
       </c>
       <c r="P6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>63</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7">
         <v>2016</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>23</v>
       </c>
       <c r="L7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>39</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">