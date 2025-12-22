--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,111 +80,145 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
+    <t>NOM-029-ENER-2017, Energy efficiency of external power supplies</t>
+  </si>
+  <si>
+    <t>This standard aims to establish the minimum values ​​of energy efficiency in operation, the maximum limits of electrical power in no-load or empty mode, the test methods for their evaluation and the specifications of the minimum information to be marked on external power supplies (FAE) that are intended to convert the alternating current (AC) line voltage to a single fixed output voltage level in direct current (DC) at a time and with a maximum output power less than or equal to 250.0 W, as well as those that have a switch that allows the user to manually choose between different output voltage levels.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>NMX-I-281-NYCE-2012</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-029-ener-2017-energy-efficiency-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5502802</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4167 - Uninterruptible Power Supplies</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for uninterruptible power systems (UPS) in standby, interactive and double conversion line, with nominal supply voltage of 120 V to 480 V to deliver regulated voltage of 120 V up to 480 V and a frequency of 60 Hz.</t>
+  </si>
+  <si>
+    <t>Uninterruptable Power Supply</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...58 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-163-NYCE / NOM-001-SCFI / IEC 62040-3 / CAN/CSA C813.1-01</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4167-uninterruptible-power-supplies</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4167_01.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
@@ -527,73 +561,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -662,185 +696,233 @@
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H3">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>42</v>
       </c>
-      <c r="G4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H4">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
         <v>43</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
       </c>
       <c r="M4" t="s">
         <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
         <v>41</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
         <v>2011</v>
       </c>
-      <c r="I5">
+      <c r="I6">
         <v>2022</v>
       </c>
-      <c r="J5" t="s">
-[...14 lines deleted...]
-      <c r="O5" t="s">
+      <c r="J6" t="s">
         <v>54</v>
       </c>
-      <c r="P5" t="s">
-        <v>55</v>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">