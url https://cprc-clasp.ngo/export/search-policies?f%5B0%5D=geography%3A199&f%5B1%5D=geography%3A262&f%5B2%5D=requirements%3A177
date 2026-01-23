--- v0 (2025-11-30)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="492">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -738,60 +738,61 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
@@ -1095,50 +1096,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -3713,55 +3717,53 @@
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>222</v>
       </c>
       <c r="B38" t="s">
         <v>223</v>
       </c>
       <c r="C38" t="s">
         <v>79</v>
       </c>
       <c r="D38" t="s">
         <v>224</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>121</v>
       </c>
       <c r="G38" t="s">
         <v>225</v>
       </c>
       <c r="H38">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
         <v>226</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
         <v>227</v>
       </c>
       <c r="M38" t="s">
         <v>228</v>
       </c>
       <c r="N38" t="s">
         <v>33</v>
       </c>
       <c r="O38" t="s">
         <v>229</v>
       </c>
       <c r="P38" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>231</v>
@@ -4656,1444 +4658,1444 @@
       </c>
       <c r="P57" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>337</v>
       </c>
       <c r="B58" t="s">
         <v>338</v>
       </c>
       <c r="C58" t="s">
         <v>283</v>
       </c>
       <c r="D58" t="s">
         <v>292</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>121</v>
       </c>
       <c r="G58" t="s">
-        <v>44</v>
+        <v>339</v>
       </c>
       <c r="H58">
         <v>1997</v>
       </c>
       <c r="I58">
         <v>2005</v>
       </c>
       <c r="J58" t="s">
         <v>286</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
         <v>302</v>
       </c>
       <c r="N58" t="s">
         <v>26</v>
       </c>
       <c r="O58" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P58" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B59" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C59" t="s">
         <v>283</v>
       </c>
       <c r="D59" t="s">
         <v>292</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>121</v>
       </c>
       <c r="G59" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="H59">
         <v>2004</v>
       </c>
       <c r="I59">
         <v>2025</v>
       </c>
       <c r="J59" t="s">
         <v>300</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M59" t="s">
         <v>302</v>
       </c>
       <c r="N59" t="s">
         <v>33</v>
       </c>
       <c r="O59" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P59" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C60" t="s">
         <v>283</v>
       </c>
       <c r="D60" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>121</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2018</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>286</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M60" t="s">
         <v>302</v>
       </c>
       <c r="N60" t="s">
         <v>33</v>
       </c>
       <c r="O60" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="P60" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B61" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C61" t="s">
         <v>283</v>
       </c>
       <c r="D61" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>121</v>
       </c>
       <c r="G61" t="s">
         <v>8</v>
       </c>
       <c r="H61">
         <v>2016</v>
       </c>
       <c r="I61">
         <v>2025</v>
       </c>
       <c r="J61" t="s">
         <v>300</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M61" t="s">
         <v>302</v>
       </c>
       <c r="N61" t="s">
         <v>33</v>
       </c>
       <c r="O61" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="P61" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B62" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C62" t="s">
         <v>283</v>
       </c>
       <c r="D62" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>121</v>
       </c>
       <c r="G62" t="s">
         <v>44</v>
       </c>
       <c r="H62">
         <v>2012</v>
       </c>
       <c r="I62">
         <v>2013</v>
       </c>
       <c r="J62" t="s">
         <v>286</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M62" t="s">
         <v>302</v>
       </c>
       <c r="N62" t="s">
         <v>33</v>
       </c>
       <c r="O62" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="P62" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B63" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C63" t="s">
         <v>283</v>
       </c>
       <c r="D63" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>121</v>
       </c>
       <c r="G63" t="s">
         <v>44</v>
       </c>
       <c r="H63">
         <v>1995</v>
       </c>
       <c r="I63">
         <v>2017</v>
       </c>
       <c r="J63" t="s">
         <v>286</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M63" t="s">
         <v>302</v>
       </c>
       <c r="N63" t="s">
         <v>33</v>
       </c>
       <c r="O63" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P63" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B64" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C64" t="s">
         <v>283</v>
       </c>
       <c r="D64" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>121</v>
       </c>
       <c r="G64" t="s">
         <v>44</v>
       </c>
       <c r="H64">
         <v>1995</v>
       </c>
       <c r="I64">
         <v>2018</v>
       </c>
       <c r="J64" t="s">
         <v>286</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
         <v>302</v>
       </c>
       <c r="N64" t="s">
         <v>33</v>
       </c>
       <c r="O64" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P64" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B65"/>
       <c r="C65" t="s">
         <v>283</v>
       </c>
       <c r="D65" t="s">
         <v>99</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>121</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2018</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>286</v>
       </c>
       <c r="K65" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M65" t="s">
         <v>302</v>
       </c>
       <c r="N65" t="s">
         <v>33</v>
       </c>
       <c r="O65" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="P65" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C66" t="s">
         <v>283</v>
       </c>
       <c r="D66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>121</v>
       </c>
       <c r="G66" t="s">
         <v>44</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
       <c r="I66">
         <v>2018</v>
       </c>
       <c r="J66" t="s">
         <v>286</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M66" t="s">
         <v>302</v>
       </c>
       <c r="N66" t="s">
         <v>33</v>
       </c>
       <c r="O66" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P66" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C67" t="s">
         <v>283</v>
       </c>
       <c r="D67" t="s">
         <v>146</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>121</v>
       </c>
       <c r="G67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H67">
         <v>2017</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>300</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M67" t="s">
         <v>302</v>
       </c>
       <c r="N67" t="s">
         <v>33</v>
       </c>
       <c r="O67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="P67" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B68" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C68" t="s">
         <v>283</v>
       </c>
       <c r="D68" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>121</v>
       </c>
       <c r="G68" t="s">
         <v>44</v>
       </c>
       <c r="H68">
         <v>2012</v>
       </c>
       <c r="I68">
         <v>2017</v>
       </c>
       <c r="J68" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M68" t="s">
         <v>302</v>
       </c>
       <c r="N68" t="s">
         <v>33</v>
       </c>
       <c r="O68" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P68" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B69" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C69" t="s">
         <v>283</v>
       </c>
       <c r="D69" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>121</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>286</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="M69" t="s">
         <v>302</v>
       </c>
       <c r="N69" t="s">
         <v>33</v>
       </c>
       <c r="O69" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="P69" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C70" t="s">
         <v>283</v>
       </c>
       <c r="D70" t="s">
         <v>292</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>121</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>286</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="N70" t="s">
         <v>26</v>
       </c>
       <c r="O70" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P70" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B71" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C71" t="s">
         <v>283</v>
       </c>
       <c r="D71" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>299</v>
       </c>
       <c r="G71" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H71">
         <v>2025</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>300</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M71" t="s">
         <v>302</v>
       </c>
       <c r="N71" t="s">
         <v>33</v>
       </c>
       <c r="O71" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P71" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B72" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C72" t="s">
         <v>283</v>
       </c>
       <c r="D72" t="s">
         <v>246</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>121</v>
       </c>
       <c r="G72" t="s">
         <v>44</v>
       </c>
       <c r="H72">
         <v>2000</v>
       </c>
       <c r="I72">
         <v>2014</v>
       </c>
       <c r="J72" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M72" t="s">
         <v>302</v>
       </c>
       <c r="N72" t="s">
         <v>33</v>
       </c>
       <c r="O72" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P72" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B73" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C73" t="s">
         <v>283</v>
       </c>
       <c r="D73" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>121</v>
       </c>
       <c r="G73" t="s">
         <v>44</v>
       </c>
       <c r="H73">
         <v>1997</v>
       </c>
       <c r="I73">
         <v>2014</v>
       </c>
       <c r="J73" t="s">
         <v>286</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M73" t="s">
         <v>302</v>
       </c>
       <c r="N73" t="s">
         <v>33</v>
       </c>
       <c r="O73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P73" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B74" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C74" t="s">
         <v>283</v>
       </c>
       <c r="D74" t="s">
         <v>99</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>299</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K74" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="L74" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M74" t="s">
         <v>302</v>
       </c>
       <c r="N74" t="s">
         <v>33</v>
       </c>
       <c r="O74" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="P74" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C75" t="s">
         <v>283</v>
       </c>
       <c r="D75" t="s">
         <v>246</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>299</v>
       </c>
       <c r="G75" t="s">
-        <v>44</v>
+        <v>339</v>
       </c>
       <c r="H75">
         <v>1994</v>
       </c>
       <c r="I75">
         <v>2014</v>
       </c>
       <c r="J75" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="M75" t="s">
         <v>302</v>
       </c>
       <c r="N75" t="s">
         <v>33</v>
       </c>
       <c r="O75" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P75" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B76" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C76" t="s">
         <v>283</v>
       </c>
       <c r="D76" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>299</v>
       </c>
       <c r="G76" t="s">
-        <v>44</v>
+        <v>339</v>
       </c>
       <c r="H76">
         <v>2002</v>
       </c>
       <c r="I76">
         <v>2007</v>
       </c>
       <c r="J76" t="s">
         <v>286</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M76" t="s">
         <v>302</v>
       </c>
       <c r="N76" t="s">
         <v>33</v>
       </c>
       <c r="O76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="P76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B77" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C77" t="s">
         <v>283</v>
       </c>
       <c r="D77" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>299</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="M77" t="s">
         <v>302</v>
       </c>
       <c r="N77" t="s">
         <v>33</v>
       </c>
       <c r="O77" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P77" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B78" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C78" t="s">
         <v>283</v>
       </c>
       <c r="D78" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>121</v>
       </c>
       <c r="G78" t="s">
-        <v>44</v>
+        <v>147</v>
       </c>
       <c r="H78">
         <v>2010</v>
       </c>
       <c r="I78">
         <v>2016</v>
       </c>
       <c r="J78" t="s">
         <v>286</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="M78" t="s">
         <v>302</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B79" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C79" t="s">
         <v>283</v>
       </c>
       <c r="D79" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>121</v>
       </c>
       <c r="G79" t="s">
         <v>44</v>
       </c>
       <c r="H79">
         <v>2008</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>286</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M79" t="s">
         <v>302</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B80" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C80" t="s">
         <v>283</v>
       </c>
       <c r="D80" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>299</v>
       </c>
       <c r="G80" t="s">
         <v>44</v>
       </c>
       <c r="H80">
         <v>1995</v>
       </c>
       <c r="I80">
         <v>2008</v>
       </c>
       <c r="J80" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="M80" t="s">
         <v>302</v>
       </c>
       <c r="N80" t="s">
         <v>33</v>
       </c>
       <c r="O80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B81" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C81" t="s">
         <v>283</v>
       </c>
       <c r="D81" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>299</v>
       </c>
       <c r="G81" t="s">
         <v>44</v>
       </c>
       <c r="H81">
         <v>2008</v>
       </c>
       <c r="I81">
         <v>2014</v>
       </c>
       <c r="J81" t="s">
         <v>286</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M81" t="s">
         <v>302</v>
       </c>
       <c r="N81" t="s">
         <v>33</v>
       </c>
       <c r="O81" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P81" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B82" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C82" t="s">
         <v>283</v>
       </c>
       <c r="D82" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>299</v>
       </c>
       <c r="G82" t="s">
         <v>44</v>
       </c>
       <c r="H82">
         <v>1995</v>
       </c>
       <c r="I82">
         <v>2010</v>
       </c>
       <c r="J82" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M82" t="s">
         <v>302</v>
       </c>
       <c r="N82" t="s">
         <v>33</v>
       </c>
       <c r="O82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="P82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B83" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C83" t="s">
         <v>283</v>
       </c>
       <c r="D83" t="s">
         <v>251</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>299</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2013</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>286</v>
       </c>
       <c r="K83" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="L83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M83" t="s">
         <v>302</v>
       </c>
       <c r="N83" t="s">
         <v>33</v>
       </c>
       <c r="O83" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="P83" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B84" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C84" t="s">
         <v>283</v>
       </c>
       <c r="D84" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>299</v>
       </c>
       <c r="G84" t="s">
         <v>44</v>
       </c>
       <c r="H84">
         <v>1995</v>
       </c>
       <c r="I84">
         <v>2016</v>
       </c>
       <c r="J84" t="s">
         <v>286</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
         <v>302</v>
       </c>
       <c r="N84" t="s">
         <v>33</v>
       </c>
       <c r="O84" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P84" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B85" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C85" t="s">
         <v>283</v>
       </c>
       <c r="D85" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>121</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M85" t="s">
         <v>302</v>
       </c>
       <c r="N85" t="s">
         <v>33</v>
       </c>
       <c r="O85" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P85" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B86" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C86" t="s">
         <v>283</v>
       </c>
       <c r="D86" t="s">
         <v>272</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>299</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2014</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M86" t="s">
         <v>302</v>
       </c>
       <c r="N86" t="s">
         <v>33</v>
       </c>
       <c r="O86" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P86" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">