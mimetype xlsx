--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -258,50 +258,53 @@
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
   </si>
@@ -1144,226 +1147,226 @@
       </c>
       <c r="P9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>77</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>79</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="H10">
         <v>2002</v>
       </c>
       <c r="I10">
         <v>2007</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>1995</v>
       </c>
       <c r="I11">
         <v>2008</v>
       </c>
       <c r="J11" t="s">
         <v>52</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1995</v>
       </c>
       <c r="I12">
         <v>2010</v>
       </c>
       <c r="J12" t="s">
         <v>59</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>1995</v>
       </c>
       <c r="I13">
         <v>2016</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">