--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -608,65 +608,65 @@
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -707,50 +707,53 @@
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-three-phase-induction-motors-be-2558</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048418</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Variable Speed Drive, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers a variable speed drive that is supplied to an AC electric motor. The scope includes 1. Applicable to one-phase or three-phase; 2. Applicable to an AC power supply with a frequency of 50 hertz or an increase or decrease from a frequency of 50 hertz by 5% and a rated voltage not exceeding 1,000 volts; 3. Harmonic quantity control shall be in accordance with IEC 61000-3-2 or IEC 61000-3-4 or equivalent standards; 4. It has a noise emission limit feature and the noise resistance complies with the IEC 61800-3 standard; 5. Withstand the sudden surge of current (surge) according to IEC 61800-3 standard; 6. Can be used with ambient temperature from 5 degrees Celsius; 7. Compatible with 85 percent relative humidity without condensation; and 8. It can be used in vibrating installation conditions as defined in IEC 61800-2.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-highly-efficiency-variable-speed-drive-be-2558-2015</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048428</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -927,50 +930,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
   </si>
@@ -1350,51 +1356,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1012.039" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="356.199" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2964,812 +2970,812 @@
       </c>
       <c r="P33" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>224</v>
       </c>
       <c r="B34" t="s">
         <v>225</v>
       </c>
       <c r="C34" t="s">
         <v>100</v>
       </c>
       <c r="D34" t="s">
         <v>101</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>226</v>
       </c>
       <c r="H34">
         <v>1997</v>
       </c>
       <c r="I34">
         <v>2005</v>
       </c>
       <c r="J34" t="s">
         <v>102</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N34" t="s">
         <v>118</v>
       </c>
       <c r="O34" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>101</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2004</v>
       </c>
       <c r="I35">
         <v>2025</v>
       </c>
       <c r="J35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P35" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C36" t="s">
         <v>100</v>
       </c>
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>8</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36">
         <v>2025</v>
       </c>
       <c r="J36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C37" t="s">
         <v>100</v>
       </c>
       <c r="D37" t="s">
         <v>101</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>33</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>102</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N37" t="s">
         <v>118</v>
       </c>
       <c r="O37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>86</v>
       </c>
       <c r="G38" t="s">
         <v>33</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2024</v>
       </c>
       <c r="J38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C39" t="s">
         <v>185</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>51</v>
       </c>
       <c r="F39" t="s">
         <v>32</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>186</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>209</v>
       </c>
       <c r="N39" t="s">
         <v>118</v>
       </c>
       <c r="O39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="P39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>51</v>
       </c>
       <c r="F40" t="s">
         <v>86</v>
       </c>
       <c r="G40" t="s">
         <v>33</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>88</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B41" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C41" t="s">
         <v>100</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>51</v>
       </c>
       <c r="F41" t="s">
         <v>52</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1994</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N41" t="s">
         <v>118</v>
       </c>
       <c r="O41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B42" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>101</v>
       </c>
       <c r="E42" t="s">
         <v>51</v>
       </c>
       <c r="F42" t="s">
         <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>1999</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M42" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B43" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C43" t="s">
         <v>100</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>51</v>
       </c>
       <c r="F43" t="s">
         <v>52</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>1994</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
         <v>176</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M43" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P43" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C44" t="s">
         <v>100</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>51</v>
       </c>
       <c r="F44" t="s">
         <v>52</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2009</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M44" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C45" t="s">
         <v>100</v>
       </c>
       <c r="D45" t="s">
         <v>101</v>
       </c>
       <c r="E45" t="s">
         <v>51</v>
       </c>
       <c r="F45" t="s">
         <v>52</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2010</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C46" t="s">
         <v>100</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>296</v>
       </c>
       <c r="H46">
         <v>2010</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
         <v>102</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="M46" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N46" t="s">
         <v>118</v>
       </c>
       <c r="O46" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="P46" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B47" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C47" t="s">
         <v>75</v>
       </c>
       <c r="D47" t="s">
         <v>19</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2005</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
         <v>78</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="M47" t="s">
         <v>79</v>
       </c>
       <c r="N47" t="s">
         <v>118</v>
       </c>
       <c r="O47" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="P47" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C48" t="s">
         <v>154</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>51</v>
       </c>
       <c r="F48" t="s">
         <v>52</v>
       </c>
       <c r="G48" t="s">
         <v>33</v>
       </c>
       <c r="H48">
         <v>1998</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="M48" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="N48" t="s">
         <v>118</v>
       </c>
       <c r="O48" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="P48" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B49" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C49" t="s">
         <v>154</v>
       </c>
       <c r="D49" t="s">
         <v>163</v>
       </c>
       <c r="E49" t="s">
         <v>51</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>33</v>
       </c>
       <c r="H49">
         <v>2007</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>156</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="P49" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">