--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -1298,66 +1298,66 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-refrigerators</t>
   </si>
@@ -1391,69 +1391,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
@@ -5586,51 +5586,51 @@
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>411</v>
       </c>
       <c r="B65" t="s">
         <v>412</v>
       </c>
       <c r="C65" t="s">
         <v>179</v>
       </c>
       <c r="D65" t="s">
         <v>413</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>46</v>
       </c>
       <c r="G65" t="s">
         <v>38</v>
       </c>
       <c r="H65">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>414</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>415</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>416</v>
       </c>
       <c r="P65" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>418</v>
@@ -5969,101 +5969,101 @@
       </c>
       <c r="P72" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>440</v>
       </c>
       <c r="B73" t="s">
         <v>441</v>
       </c>
       <c r="C73" t="s">
         <v>179</v>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>392</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73">
         <v>2022</v>
       </c>
       <c r="J73" t="s">
         <v>243</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>442</v>
       </c>
       <c r="M73" t="s">
         <v>415</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>443</v>
       </c>
       <c r="P73" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>444</v>
       </c>
       <c r="B74" t="s">
         <v>445</v>
       </c>
       <c r="C74" t="s">
         <v>179</v>
       </c>
       <c r="D74" t="s">
         <v>59</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
         <v>2025</v>
       </c>
       <c r="J74" t="s">
         <v>414</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
         <v>415</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>446</v>
       </c>
       <c r="P74" t="s">
         <v>428</v>