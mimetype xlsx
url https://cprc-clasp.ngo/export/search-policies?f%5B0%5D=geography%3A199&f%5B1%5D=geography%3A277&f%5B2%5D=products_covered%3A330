--- v0 (2025-12-14)
+++ v1 (2026-01-29)
@@ -839,69 +839,69 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
     <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerator</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Entered into force, New, Superseded</t>
   </si>
@@ -3468,101 +3468,101 @@
       </c>
       <c r="P35" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>263</v>
       </c>
       <c r="B36" t="s">
         <v>264</v>
       </c>
       <c r="C36" t="s">
         <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="H36">
         <v>2011</v>
       </c>
       <c r="I36">
         <v>2022</v>
       </c>
       <c r="J36" t="s">
         <v>224</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>265</v>
       </c>
       <c r="M36" t="s">
         <v>253</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>266</v>
       </c>
       <c r="P36" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>268</v>
       </c>
       <c r="B37" t="s">
         <v>269</v>
       </c>
       <c r="C37" t="s">
         <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>47</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2025</v>
       </c>
       <c r="J37" t="s">
         <v>270</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>253</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>271</v>
       </c>
       <c r="P37" t="s">
         <v>267</v>