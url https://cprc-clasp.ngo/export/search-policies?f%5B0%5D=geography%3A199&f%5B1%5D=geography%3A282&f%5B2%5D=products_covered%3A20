--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -663,63 +663,66 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
     <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
@@ -958,50 +961,53 @@
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>NOM-023-ENER-2018</t>
@@ -1079,50 +1085,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
   </si>
@@ -3191,1454 +3200,1454 @@
       </c>
       <c r="P34" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>213</v>
       </c>
       <c r="B35" t="s">
         <v>214</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>206</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>207</v>
       </c>
       <c r="G35" t="s">
-        <v>45</v>
+        <v>215</v>
       </c>
       <c r="H35">
         <v>1989</v>
       </c>
       <c r="I35">
         <v>2009</v>
       </c>
       <c r="J35" t="s">
-        <v>32</v>
+        <v>216</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>78</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="P35" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B36" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>206</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>207</v>
       </c>
       <c r="G36" t="s">
         <v>45</v>
       </c>
       <c r="H36">
         <v>1989</v>
       </c>
       <c r="I36">
         <v>2021</v>
       </c>
       <c r="J36" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B37" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>90</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>207</v>
       </c>
       <c r="G37" t="s">
         <v>45</v>
       </c>
       <c r="H37">
         <v>1989</v>
       </c>
       <c r="I37">
         <v>2018</v>
       </c>
       <c r="J37" t="s">
         <v>32</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>66</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>38</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>207</v>
       </c>
       <c r="G38" t="s">
         <v>45</v>
       </c>
       <c r="H38">
         <v>2004</v>
       </c>
       <c r="I38">
         <v>2017</v>
       </c>
       <c r="J38" t="s">
         <v>32</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>207</v>
       </c>
       <c r="G39" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M39" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P39" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B40" t="s">
         <v>158</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>83</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>207</v>
       </c>
       <c r="G40" t="s">
         <v>45</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
         <v>2021</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>85</v>
       </c>
       <c r="O40" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P40" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B41" t="s">
         <v>139</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>207</v>
       </c>
       <c r="G41" t="s">
         <v>45</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
       <c r="I41">
         <v>2008</v>
       </c>
       <c r="J41" t="s">
         <v>32</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>72</v>
       </c>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P41" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>90</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>207</v>
       </c>
       <c r="G42" t="s">
         <v>45</v>
       </c>
       <c r="H42">
         <v>1989</v>
       </c>
       <c r="I42">
         <v>2020</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M42" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>102</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>207</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43">
         <v>2021</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>194</v>
       </c>
       <c r="L43" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M43" t="s">
         <v>26</v>
       </c>
       <c r="N43" t="s">
         <v>85</v>
       </c>
       <c r="O43" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P43" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B44" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>102</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>207</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2010</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>32</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M44" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>85</v>
       </c>
       <c r="O44" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P44" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B45" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>83</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>207</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M45" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N45" t="s">
         <v>85</v>
       </c>
       <c r="O45" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P45" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B46" t="s">
         <v>31</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>38</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>207</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>33</v>
       </c>
       <c r="M46" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P46" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>59</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>207</v>
       </c>
       <c r="G47" t="s">
         <v>45</v>
       </c>
       <c r="H47">
         <v>2008</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
         <v>32</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M47" t="s">
         <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>53</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>207</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>32</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M48" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B49" t="s">
         <v>17</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>207</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>25</v>
       </c>
       <c r="M49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P49" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B50" t="s">
         <v>58</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
         <v>59</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>207</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
         <v>60</v>
       </c>
       <c r="M50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P50" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B51" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>102</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>207</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M51" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N51" t="s">
         <v>85</v>
       </c>
       <c r="O51" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P51" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B52" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E52" t="s">
         <v>103</v>
       </c>
       <c r="F52" t="s">
         <v>104</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>46</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M52" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P52" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B53" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C53" t="s">
         <v>205</v>
       </c>
       <c r="D53" t="s">
         <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G53" t="s">
         <v>45</v>
       </c>
       <c r="H53">
         <v>2006</v>
       </c>
       <c r="I53">
         <v>2025</v>
       </c>
       <c r="J53" t="s">
-        <v>219</v>
+        <v>305</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="M53" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="P53" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B54" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C54" t="s">
         <v>205</v>
       </c>
       <c r="D54" t="s">
         <v>90</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>207</v>
       </c>
       <c r="G54" t="s">
         <v>45</v>
       </c>
       <c r="H54">
         <v>1995</v>
       </c>
       <c r="I54">
         <v>2017</v>
       </c>
       <c r="J54" t="s">
         <v>209</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="M54" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="P54" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B55" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C55" t="s">
         <v>205</v>
       </c>
       <c r="D55" t="s">
         <v>90</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>207</v>
       </c>
       <c r="G55" t="s">
         <v>45</v>
       </c>
       <c r="H55">
         <v>1995</v>
       </c>
       <c r="I55">
         <v>2018</v>
       </c>
       <c r="J55" t="s">
         <v>209</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="P55" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B56" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C56" t="s">
         <v>205</v>
       </c>
       <c r="D56" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G56" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H56">
         <v>2025</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>219</v>
+        <v>305</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M56" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P56" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B57" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C57" t="s">
         <v>205</v>
       </c>
       <c r="D57" t="s">
         <v>90</v>
       </c>
       <c r="E57" t="s">
         <v>103</v>
       </c>
       <c r="F57" t="s">
         <v>104</v>
       </c>
       <c r="G57" t="s">
         <v>45</v>
       </c>
       <c r="H57">
         <v>2010</v>
       </c>
       <c r="I57">
         <v>2017</v>
       </c>
       <c r="J57" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M57" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="P57" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B58" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C58" t="s">
         <v>205</v>
       </c>
       <c r="D58" t="s">
         <v>90</v>
       </c>
       <c r="E58" t="s">
         <v>103</v>
       </c>
       <c r="F58" t="s">
         <v>104</v>
       </c>
       <c r="G58" t="s">
         <v>45</v>
       </c>
       <c r="H58">
         <v>1998</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="M58" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="P58" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B59" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C59" t="s">
         <v>205</v>
       </c>
       <c r="D59" t="s">
         <v>90</v>
       </c>
       <c r="E59" t="s">
         <v>103</v>
       </c>
       <c r="F59" t="s">
         <v>104</v>
       </c>
       <c r="G59" t="s">
         <v>45</v>
       </c>
       <c r="H59">
         <v>1998</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M59" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="P59" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B60" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C60" t="s">
         <v>205</v>
       </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G60" t="s">
-        <v>45</v>
+        <v>345</v>
       </c>
       <c r="H60">
         <v>2002</v>
       </c>
       <c r="I60">
         <v>2007</v>
       </c>
       <c r="J60" t="s">
         <v>209</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="M60" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="P60" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B61" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C61" t="s">
         <v>205</v>
       </c>
       <c r="D61" t="s">
         <v>90</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G61" t="s">
         <v>45</v>
       </c>
       <c r="H61">
         <v>1995</v>
       </c>
       <c r="I61">
         <v>2008</v>
       </c>
       <c r="J61" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="M61" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="P61" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B62" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C62" t="s">
         <v>205</v>
       </c>
       <c r="D62" t="s">
         <v>90</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G62" t="s">
         <v>45</v>
       </c>
       <c r="H62">
         <v>1995</v>
       </c>
       <c r="I62">
         <v>2010</v>
       </c>
       <c r="J62" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="M62" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="P62" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B63" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C63" t="s">
         <v>205</v>
       </c>
       <c r="D63" t="s">
         <v>90</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="G63" t="s">
         <v>45</v>
       </c>
       <c r="H63">
         <v>1995</v>
       </c>
       <c r="I63">
         <v>2016</v>
       </c>
       <c r="J63" t="s">
         <v>209</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="P63" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">