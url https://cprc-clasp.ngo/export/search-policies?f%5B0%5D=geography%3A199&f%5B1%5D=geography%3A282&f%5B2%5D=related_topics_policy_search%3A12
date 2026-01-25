--- v0 (2025-11-27)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -434,50 +434,53 @@
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
     <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
@@ -680,50 +683,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Sello FIDE No. 4101 - Three Phase Induction Motors</t>
@@ -780,50 +786,53 @@
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -1165,51 +1174,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2177,1150 +2186,1150 @@
       </c>
       <c r="P20" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>137</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>139</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>100</v>
       </c>
       <c r="G21" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="H21">
         <v>2007</v>
       </c>
       <c r="I21">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J21" t="s">
         <v>54</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M21" t="s">
         <v>26</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P21" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>100</v>
       </c>
       <c r="G22" t="s">
         <v>39</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2008</v>
       </c>
       <c r="J22" t="s">
         <v>54</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>25</v>
       </c>
       <c r="M22" t="s">
         <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>51</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>100</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2010</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>54</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="M24" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B25" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>38</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>100</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M25" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P25" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>100</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M26" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P26" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B27" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>100</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>54</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M27" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P27" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B28" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H28" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P28" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>109</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>100</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2014</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>54</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>62</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>100</v>
       </c>
       <c r="G30" t="s">
         <v>39</v>
       </c>
       <c r="H30">
         <v>2005</v>
       </c>
       <c r="I30">
         <v>2016</v>
       </c>
       <c r="J30" t="s">
         <v>54</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="M30" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>100</v>
       </c>
       <c r="G31" t="s">
         <v>39</v>
       </c>
       <c r="H31">
         <v>2005</v>
       </c>
       <c r="I31">
         <v>2017</v>
       </c>
       <c r="J31" t="s">
         <v>54</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M31" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>100</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2017</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>54</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>62</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>100</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2020</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M33" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P33" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>100</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2020</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M34" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>51</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>100</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2020</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P35" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
         <v>98</v>
       </c>
       <c r="D36" t="s">
         <v>99</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>100</v>
       </c>
       <c r="G36" t="s">
-        <v>39</v>
+        <v>223</v>
       </c>
       <c r="H36">
         <v>1997</v>
       </c>
       <c r="I36">
         <v>2005</v>
       </c>
       <c r="J36" t="s">
         <v>102</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P36" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B37" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
       <c r="D37" t="s">
         <v>99</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>100</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>102</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P37" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C38" t="s">
         <v>98</v>
       </c>
       <c r="D38" t="s">
         <v>109</v>
       </c>
       <c r="E38" t="s">
         <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>53</v>
       </c>
       <c r="G38" t="s">
         <v>39</v>
       </c>
       <c r="H38">
         <v>1994</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="M38" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="P38" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B39" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
       <c r="D39" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E39" t="s">
         <v>52</v>
       </c>
       <c r="F39" t="s">
         <v>53</v>
       </c>
       <c r="G39" t="s">
         <v>39</v>
       </c>
       <c r="H39">
         <v>2004</v>
       </c>
       <c r="I39">
         <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M39" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P39" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B40" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C40" t="s">
         <v>98</v>
       </c>
       <c r="D40" t="s">
         <v>120</v>
       </c>
       <c r="E40" t="s">
         <v>52</v>
       </c>
       <c r="F40" t="s">
         <v>53</v>
       </c>
       <c r="G40" t="s">
         <v>39</v>
       </c>
       <c r="H40">
         <v>2008</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P40" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B41" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E41" t="s">
         <v>52</v>
       </c>
       <c r="F41" t="s">
         <v>53</v>
       </c>
       <c r="G41" t="s">
         <v>39</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M41" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P41" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B42" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
         <v>98</v>
       </c>
       <c r="D42" t="s">
         <v>109</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>100</v>
       </c>
       <c r="G42" t="s">
-        <v>39</v>
+        <v>258</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2016</v>
       </c>
       <c r="J42" t="s">
         <v>102</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="M42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="P42" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B43" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C43" t="s">
         <v>98</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>100</v>
       </c>
       <c r="G43" t="s">
         <v>39</v>
       </c>
       <c r="H43">
         <v>2008</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>102</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="M43" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="P43" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">