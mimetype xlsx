--- v0 (2025-11-26)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -278,51 +278,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -617,50 +617,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
@@ -951,50 +954,53 @@
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
@@ -1453,51 +1459,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2851,1444 +2857,1444 @@
       </c>
       <c r="P28" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>193</v>
       </c>
       <c r="B29" t="s">
         <v>194</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>31</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="H29">
         <v>1997</v>
       </c>
       <c r="I29">
         <v>2005</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>157</v>
       </c>
       <c r="N29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
         <v>31</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="H30">
         <v>2004</v>
       </c>
       <c r="I30">
         <v>2025</v>
       </c>
       <c r="J30" t="s">
         <v>115</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="M30" t="s">
         <v>157</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>96</v>
       </c>
       <c r="H31">
         <v>2018</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M31" t="s">
         <v>157</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>8</v>
       </c>
       <c r="H32">
         <v>2016</v>
       </c>
       <c r="I32">
         <v>2025</v>
       </c>
       <c r="J32" t="s">
         <v>115</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="M32" t="s">
         <v>157</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>49</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2013</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M33" t="s">
         <v>157</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="P33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>103</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>49</v>
       </c>
       <c r="H34">
         <v>1995</v>
       </c>
       <c r="I34">
         <v>2017</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M34" t="s">
         <v>157</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>49</v>
       </c>
       <c r="H35">
         <v>1995</v>
       </c>
       <c r="I35">
         <v>2018</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>157</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P35" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B36"/>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>155</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>96</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L36" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M36" t="s">
         <v>157</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P36" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>49</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2018</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M37" t="s">
         <v>157</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P37" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>41</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>115</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="M38" t="s">
         <v>157</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P38" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>125</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>49</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2017</v>
       </c>
       <c r="J39" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M39" t="s">
         <v>157</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P39" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B40" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>96</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M40" t="s">
         <v>157</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B41" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>31</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>96</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N41" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P41" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B42" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>40</v>
       </c>
       <c r="G42" t="s">
         <v>41</v>
       </c>
       <c r="H42">
         <v>2025</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>115</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M42" t="s">
         <v>157</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P42" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B43" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>162</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>49</v>
       </c>
       <c r="H43">
         <v>2000</v>
       </c>
       <c r="I43">
         <v>2014</v>
       </c>
       <c r="J43" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M43" t="s">
         <v>157</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P43" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B44" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>49</v>
       </c>
       <c r="H44">
         <v>1997</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M44" t="s">
         <v>157</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P44" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>155</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>40</v>
       </c>
       <c r="G45" t="s">
         <v>96</v>
       </c>
       <c r="H45">
         <v>2011</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K45" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L45" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M45" t="s">
         <v>157</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P45" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B46" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>162</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>40</v>
       </c>
       <c r="G46" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="H46">
         <v>1994</v>
       </c>
       <c r="I46">
         <v>2014</v>
       </c>
       <c r="J46" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M46" t="s">
         <v>157</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P46" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>40</v>
       </c>
       <c r="G47" t="s">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="H47">
         <v>2002</v>
       </c>
       <c r="I47">
         <v>2007</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M47" t="s">
         <v>157</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P47" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>40</v>
       </c>
       <c r="G48" t="s">
         <v>96</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M48" t="s">
         <v>157</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P48" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>49</v>
+        <v>302</v>
       </c>
       <c r="H49">
         <v>2010</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="M49" t="s">
         <v>157</v>
       </c>
       <c r="N49" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O49" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="P49" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B50" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>49</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="M50" t="s">
         <v>157</v>
       </c>
       <c r="N50" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="O50" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="P50" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B51" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>103</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>40</v>
       </c>
       <c r="G51" t="s">
         <v>49</v>
       </c>
       <c r="H51">
         <v>1995</v>
       </c>
       <c r="I51">
         <v>2008</v>
       </c>
       <c r="J51" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="M51" t="s">
         <v>157</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="P51" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B52" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>40</v>
       </c>
       <c r="G52" t="s">
         <v>49</v>
       </c>
       <c r="H52">
         <v>2008</v>
       </c>
       <c r="I52">
         <v>2014</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="M52" t="s">
         <v>157</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="P52" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B53" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>103</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>40</v>
       </c>
       <c r="G53" t="s">
         <v>49</v>
       </c>
       <c r="H53">
         <v>1995</v>
       </c>
       <c r="I53">
         <v>2010</v>
       </c>
       <c r="J53" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M53" t="s">
         <v>157</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="P53" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B54" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>40</v>
       </c>
       <c r="G54" t="s">
         <v>96</v>
       </c>
       <c r="H54">
         <v>2013</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L54" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M54" t="s">
         <v>157</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="P54" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B55" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>103</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>40</v>
       </c>
       <c r="G55" t="s">
         <v>49</v>
       </c>
       <c r="H55">
         <v>1995</v>
       </c>
       <c r="I55">
         <v>2016</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
         <v>157</v>
       </c>
       <c r="N55" t="s">
         <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="P55" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B56" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C56" t="s">
         <v>18</v>
       </c>
       <c r="D56" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>96</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="M56" t="s">
         <v>157</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="P56" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B57" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>40</v>
       </c>
       <c r="G57" t="s">
         <v>96</v>
       </c>
       <c r="H57">
         <v>2014</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="M57" t="s">
         <v>157</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="P57" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">