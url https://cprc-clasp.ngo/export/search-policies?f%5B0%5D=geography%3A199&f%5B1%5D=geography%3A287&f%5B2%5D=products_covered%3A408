--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -62,93 +62,93 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
   </si>
   <si>
     <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
@@ -648,53 +648,51 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2022</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>