--- v0 (2025-11-27)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="497">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -111,194 +111,200 @@
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
     <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...31 lines deleted...]
-    <t>Entered into force, New</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
+  </si>
+  <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -344,186 +350,108 @@
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
-    <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
-[...2 lines deleted...]
-    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+    <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
+  </si>
+  <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
-    <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
-[...82 lines deleted...]
-  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
@@ -615,102 +543,109 @@
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...2 lines deleted...]
-    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+    <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...5 lines deleted...]
-    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+    <t>NOM-008-SE-2021
+,   
+                    IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
+,   
+                    IEEE 114-2010-IEEE</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
     <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
     <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
     <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
   </si>
   <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
@@ -761,50 +696,53 @@
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
     <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-011-domestic-refrigerators</t>
@@ -1499,102 +1437,72 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...31 lines deleted...]
-  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -2030,74 +1938,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P95"/>
+  <dimension ref="A1:P89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="169.816" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2131,4659 +2039,4365 @@
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
-      <c r="I2">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2013</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H4">
         <v>2025</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="P5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
         <v>48</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
       <c r="J6" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="P6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H7">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="P8" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2013</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P9" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2024</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="P10" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I11">
         <v>2024</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="P11" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>83</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="P13" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H14">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="P14" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="H15">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I15"/>
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
       <c r="J15" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
         <v>100</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G16" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H16">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>103</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>104</v>
       </c>
       <c r="P16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>106</v>
       </c>
       <c r="B17" t="s">
         <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H17">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="K17" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="P17" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="D18" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G18" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2025</v>
+      </c>
       <c r="J18" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="I19">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J19" t="s">
-        <v>85</v>
+        <v>122</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M19" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="P19" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G20" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
         <v>2015</v>
       </c>
-      <c r="I20"/>
       <c r="J20" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D21" t="s">
-        <v>132</v>
+        <v>117</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G21" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I21"/>
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2005</v>
+      </c>
       <c r="J21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K21" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="L21"/>
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
       <c r="M21" t="s">
+        <v>112</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>135</v>
       </c>
-      <c r="N21" t="s">
-[...2 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
         <v>138</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="I22">
         <v>2025</v>
       </c>
       <c r="J22" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>140</v>
+      </c>
       <c r="M22" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>141</v>
       </c>
       <c r="P22" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>143</v>
       </c>
       <c r="B23" t="s">
         <v>144</v>
       </c>
       <c r="C23" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>145</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H23">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>145</v>
+        <v>110</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>146</v>
       </c>
       <c r="M23" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>147</v>
       </c>
       <c r="P23" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>149</v>
       </c>
       <c r="B24" t="s">
         <v>150</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>151</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2004</v>
       </c>
       <c r="I24">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="J24" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>152</v>
       </c>
       <c r="M24" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>153</v>
       </c>
       <c r="P24" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>155</v>
       </c>
       <c r="B25" t="s">
         <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D25" t="s">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H25">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>155</v>
       </c>
       <c r="M25" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>158</v>
       </c>
       <c r="P25" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>160</v>
       </c>
       <c r="B26" t="s">
         <v>161</v>
       </c>
       <c r="C26" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>162</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I26">
-        <v>2025</v>
+        <v>2013</v>
       </c>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>160</v>
+      </c>
+      <c r="M26" t="s">
+        <v>112</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>163</v>
       </c>
-      <c r="M26" t="s">
-[...5 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
         <v>166</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>108</v>
+      </c>
+      <c r="D27" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="G27" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I27"/>
+        <v>1995</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
       <c r="J27" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>165</v>
+      </c>
+      <c r="M27" t="s">
+        <v>112</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>168</v>
+      </c>
+      <c r="P27" t="s">
         <v>169</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D28" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="I28">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="J28" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N28" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="P28" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="B29"/>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D29" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G29" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H29">
         <v>2018</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K29" t="s">
-        <v>24</v>
+        <v>175</v>
       </c>
       <c r="L29" t="s">
+        <v>176</v>
+      </c>
+      <c r="M29" t="s">
+        <v>112</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>177</v>
+      </c>
+      <c r="P29" t="s">
         <v>178</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B30" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C30" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D30" t="s">
-        <v>185</v>
+        <v>58</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I30">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="M30" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="P30" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B31" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C31" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="I31">
         <v>2017</v>
       </c>
       <c r="J31" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>183</v>
+      </c>
+      <c r="M31" t="s">
+        <v>112</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>187</v>
+      </c>
+      <c r="P31" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B32" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
-        <v>91</v>
+        <v>191</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H32">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32"/>
+      <c r="L32" t="s">
+        <v>192</v>
+      </c>
       <c r="M32" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>195</v>
+      </c>
+      <c r="B33" t="s">
         <v>196</v>
       </c>
-      <c r="B33"/>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D33" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G33" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H33">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
         <v>197</v>
       </c>
-      <c r="L33" t="s">
+      <c r="N33" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>199</v>
       </c>
       <c r="P33" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>201</v>
       </c>
       <c r="B34" t="s">
         <v>202</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D34" t="s">
-        <v>60</v>
+        <v>157</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="F34" t="s">
-        <v>125</v>
+        <v>204</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="I34">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="J34" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>201</v>
+        <v>155</v>
       </c>
       <c r="M34" t="s">
-        <v>135</v>
+        <v>206</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="P34" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" t="s">
+        <v>210</v>
+      </c>
+      <c r="C35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" t="s">
+        <v>162</v>
+      </c>
+      <c r="E35" t="s">
+        <v>203</v>
+      </c>
+      <c r="F35" t="s">
+        <v>204</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
         <v>205</v>
       </c>
-      <c r="B35" t="s">
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>211</v>
+      </c>
+      <c r="M35" t="s">
         <v>206</v>
       </c>
-      <c r="C35" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="P35" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B36" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C36" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D36" t="s">
-        <v>213</v>
+        <v>167</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="F36" t="s">
-        <v>125</v>
+        <v>204</v>
       </c>
       <c r="G36" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
       <c r="J36" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="M36" t="s">
-        <v>135</v>
+        <v>206</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="P36" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C37" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>174</v>
+        <v>221</v>
       </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="F37" t="s">
-        <v>125</v>
+        <v>204</v>
       </c>
       <c r="G37" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>1994</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
       <c r="J37" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>222</v>
+      </c>
       <c r="M37" t="s">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="N37" t="s">
-        <v>175</v>
+        <v>198</v>
       </c>
       <c r="O37" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="P37" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B38" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C38" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D38" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="E38" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F38" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="I38">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="J38" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>178</v>
+        <v>227</v>
       </c>
       <c r="M38" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>228</v>
       </c>
       <c r="P38" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>230</v>
       </c>
       <c r="B39" t="s">
         <v>231</v>
       </c>
       <c r="C39" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D39" t="s">
-        <v>185</v>
+        <v>232</v>
       </c>
       <c r="E39" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F39" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="I39">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M39" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P39" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B40" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C40" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>232</v>
       </c>
       <c r="E40" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F40" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="I40">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M40" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P40" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C41" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E41" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F41" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="I41">
         <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M41" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N41" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P41" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C42" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D42" t="s">
-        <v>185</v>
+        <v>162</v>
       </c>
       <c r="E42" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F42" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="I42">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M42" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P42" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C43" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D43" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="E43" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F43" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>1996</v>
       </c>
       <c r="I43">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J43" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
         <v>254</v>
       </c>
       <c r="M43" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>255</v>
       </c>
       <c r="P43" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>257</v>
       </c>
       <c r="B44" t="s">
         <v>258</v>
       </c>
       <c r="C44" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D44" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="E44" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F44" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>259</v>
       </c>
       <c r="M44" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>260</v>
       </c>
       <c r="P44" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>262</v>
       </c>
       <c r="B45" t="s">
         <v>263</v>
       </c>
       <c r="C45" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D45" t="s">
-        <v>264</v>
+        <v>162</v>
       </c>
       <c r="E45" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F45" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
+        <v>264</v>
+      </c>
+      <c r="M45" t="s">
+        <v>206</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
         <v>265</v>
       </c>
-      <c r="M45" t="s">
-[...5 lines deleted...]
-      <c r="O45" t="s">
+      <c r="P45" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>267</v>
+      </c>
+      <c r="B46" t="s">
         <v>268</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
+        <v>108</v>
+      </c>
+      <c r="D46" t="s">
+        <v>167</v>
+      </c>
+      <c r="E46" t="s">
+        <v>203</v>
+      </c>
+      <c r="F46" t="s">
+        <v>204</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1998</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
         <v>269</v>
-      </c>
-[...22 lines deleted...]
-        <v>226</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
         <v>270</v>
       </c>
       <c r="M46" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P46" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B47" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C47" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D47" t="s">
-        <v>264</v>
+        <v>151</v>
       </c>
       <c r="E47" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F47" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="I47">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M47" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D48" t="s">
-        <v>264</v>
+        <v>83</v>
       </c>
       <c r="E48" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F48" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="I48">
         <v>2012</v>
       </c>
       <c r="J48" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M48" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P48" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B49" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C49" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D49" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="E49" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F49" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="I49">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="M49" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P49" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B50" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C50" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D50" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="E50" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F50" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="I50">
         <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>290</v>
+        <v>205</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M50" t="s">
-        <v>292</v>
+        <v>206</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>293</v>
       </c>
       <c r="P50" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>295</v>
       </c>
       <c r="B51" t="s">
         <v>296</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D51" t="s">
-        <v>174</v>
+        <v>243</v>
       </c>
       <c r="E51" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F51" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="I51">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J51" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>297</v>
       </c>
       <c r="M51" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>298</v>
       </c>
       <c r="P51" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>300</v>
       </c>
       <c r="B52" t="s">
         <v>301</v>
       </c>
       <c r="C52" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D52" t="s">
-        <v>80</v>
+        <v>167</v>
       </c>
       <c r="E52" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F52" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="I52">
         <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>302</v>
       </c>
       <c r="M52" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>303</v>
       </c>
       <c r="P52" t="s">
-        <v>304</v>
+        <v>273</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>304</v>
+      </c>
+      <c r="B53" t="s">
         <v>305</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>108</v>
+      </c>
+      <c r="D53" t="s">
         <v>306</v>
       </c>
-      <c r="C53" t="s">
-[...2 lines deleted...]
-      <c r="D53" t="s">
+      <c r="E53" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" t="s">
+        <v>204</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2003</v>
+      </c>
+      <c r="I53">
+        <v>2012</v>
+      </c>
+      <c r="J53" t="s">
+        <v>205</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
         <v>307</v>
       </c>
-      <c r="E53" t="s">
-[...20 lines deleted...]
-      <c r="L53" t="s">
+      <c r="M53" t="s">
+        <v>206</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
         <v>308</v>
       </c>
-      <c r="M53" t="s">
-[...5 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
         <v>311</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D54" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="E54" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F54" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I54">
         <v>2012</v>
       </c>
       <c r="J54" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
+        <v>312</v>
+      </c>
+      <c r="M54" t="s">
+        <v>206</v>
+      </c>
+      <c r="N54" t="s">
+        <v>198</v>
+      </c>
+      <c r="O54" t="s">
         <v>313</v>
       </c>
-      <c r="M54" t="s">
-[...5 lines deleted...]
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
         <v>316</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>108</v>
+      </c>
+      <c r="D55" t="s">
+        <v>243</v>
+      </c>
+      <c r="E55" t="s">
+        <v>203</v>
+      </c>
+      <c r="F55" t="s">
+        <v>204</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2004</v>
+      </c>
+      <c r="I55">
+        <v>2012</v>
+      </c>
+      <c r="J55" t="s">
+        <v>205</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
         <v>317</v>
       </c>
-      <c r="C55" t="s">
-[...26 lines deleted...]
-      <c r="L55" t="s">
+      <c r="M55" t="s">
+        <v>206</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
         <v>318</v>
       </c>
-      <c r="M55" t="s">
-[...5 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>320</v>
+      </c>
+      <c r="B56" t="s">
         <v>321</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D56" t="s">
-        <v>91</v>
+        <v>243</v>
       </c>
       <c r="E56" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F56" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="I56">
         <v>2012</v>
       </c>
       <c r="J56" t="s">
-        <v>290</v>
+        <v>205</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
+        <v>317</v>
+      </c>
+      <c r="M56" t="s">
+        <v>206</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>322</v>
+      </c>
+      <c r="P56" t="s">
         <v>323</v>
-      </c>
-[...10 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>324</v>
+      </c>
+      <c r="B57" t="s">
         <v>325</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D57" t="s">
-        <v>327</v>
+        <v>117</v>
       </c>
       <c r="E57" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F57" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
+        <v>326</v>
+      </c>
+      <c r="M57" t="s">
+        <v>206</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>327</v>
+      </c>
+      <c r="P57" t="s">
         <v>328</v>
-      </c>
-[...10 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B58" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C58" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D58" t="s">
-        <v>185</v>
+        <v>232</v>
       </c>
       <c r="E58" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F58" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2004</v>
       </c>
       <c r="I58">
         <v>2012</v>
       </c>
       <c r="J58" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>333</v>
+        <v>233</v>
       </c>
       <c r="M58" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N58" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="P58" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B59" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C59" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D59" t="s">
-        <v>264</v>
+        <v>232</v>
       </c>
       <c r="E59" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F59" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="M59" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="P59" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B60" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C60" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D60" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="E60" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F60" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="M60" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="P60" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B61" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C61" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D61" t="s">
-        <v>140</v>
+        <v>232</v>
       </c>
       <c r="E61" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F61" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="I61">
         <v>2012</v>
       </c>
       <c r="J61" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
+        <v>345</v>
+      </c>
+      <c r="M61" t="s">
+        <v>206</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>346</v>
+      </c>
+      <c r="P61" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>348</v>
+      </c>
+      <c r="B62" t="s">
+        <v>349</v>
+      </c>
+      <c r="C62" t="s">
+        <v>108</v>
+      </c>
+      <c r="D62" t="s">
         <v>350</v>
       </c>
-      <c r="B62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F62" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="I62">
         <v>2012</v>
       </c>
       <c r="J62" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>254</v>
+        <v>351</v>
       </c>
       <c r="M62" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>352</v>
       </c>
       <c r="P62" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>354</v>
       </c>
       <c r="B63" t="s">
         <v>355</v>
       </c>
       <c r="C63" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D63" t="s">
-        <v>253</v>
+        <v>191</v>
       </c>
       <c r="E63" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F63" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I63">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J63" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>356</v>
       </c>
       <c r="M63" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>357</v>
       </c>
       <c r="P63" t="s">
-        <v>358</v>
+        <v>273</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>358</v>
+      </c>
+      <c r="B64" t="s">
         <v>359</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
+        <v>108</v>
+      </c>
+      <c r="D64" t="s">
         <v>360</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F64" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="I64">
         <v>2012</v>
       </c>
       <c r="J64" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>361</v>
       </c>
       <c r="M64" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N64" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="O64" t="s">
         <v>362</v>
       </c>
       <c r="P64" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>364</v>
       </c>
       <c r="B65" t="s">
         <v>365</v>
       </c>
       <c r="C65" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D65" t="s">
-        <v>253</v>
+        <v>366</v>
       </c>
       <c r="E65" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F65" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I65">
         <v>2012</v>
       </c>
       <c r="J65" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="M65" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N65" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="O65" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P65" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B66" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C66" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D66" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E66" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F66" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="I66">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="J66" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="M66" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P66" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B67" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C67" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D67" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="E67" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F67" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2013</v>
+        <v>1994</v>
       </c>
       <c r="I67">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="M67" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P67" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B68" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C68" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D68" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E68" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F68" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2008</v>
       </c>
       <c r="I68">
         <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M68" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N68" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P68" t="s">
-        <v>384</v>
+        <v>273</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>385</v>
       </c>
       <c r="B69" t="s">
         <v>386</v>
       </c>
       <c r="C69" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D69" t="s">
-        <v>387</v>
+        <v>221</v>
       </c>
       <c r="E69" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F69" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I69">
         <v>2012</v>
       </c>
       <c r="J69" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
+        <v>387</v>
+      </c>
+      <c r="M69" t="s">
+        <v>206</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
         <v>388</v>
       </c>
-      <c r="M69" t="s">
-[...5 lines deleted...]
-      <c r="O69" t="s">
+      <c r="P69" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
+        <v>390</v>
+      </c>
+      <c r="B70" t="s">
         <v>391</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
+        <v>108</v>
+      </c>
+      <c r="D70" t="s">
+        <v>162</v>
+      </c>
+      <c r="E70" t="s">
+        <v>203</v>
+      </c>
+      <c r="F70" t="s">
+        <v>204</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2009</v>
+      </c>
+      <c r="I70">
+        <v>2012</v>
+      </c>
+      <c r="J70" t="s">
+        <v>205</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
         <v>392</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="M70" t="s">
+        <v>206</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>393</v>
       </c>
-      <c r="E70" t="s">
-[...20 lines deleted...]
-      <c r="L70" t="s">
+      <c r="P70" t="s">
         <v>394</v>
-      </c>
-[...10 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>395</v>
+      </c>
+      <c r="B71" t="s">
+        <v>396</v>
+      </c>
+      <c r="C71" t="s">
+        <v>108</v>
+      </c>
+      <c r="D71" t="s">
         <v>397</v>
       </c>
-      <c r="B71" t="s">
+      <c r="E71" t="s">
+        <v>203</v>
+      </c>
+      <c r="F71" t="s">
+        <v>204</v>
+      </c>
+      <c r="G71" t="s">
+        <v>41</v>
+      </c>
+      <c r="H71">
+        <v>2011</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>205</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
         <v>398</v>
       </c>
-      <c r="C71" t="s">
-[...26 lines deleted...]
-      <c r="L71" t="s">
+      <c r="M71" t="s">
+        <v>206</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>399</v>
       </c>
-      <c r="M71" t="s">
-[...5 lines deleted...]
-      <c r="O71" t="s">
+      <c r="P71" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>401</v>
       </c>
       <c r="B72" t="s">
         <v>402</v>
       </c>
       <c r="C72" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D72" t="s">
         <v>403</v>
       </c>
       <c r="E72" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F72" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I72">
         <v>2012</v>
       </c>
       <c r="J72" t="s">
-        <v>290</v>
+        <v>205</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>404</v>
       </c>
       <c r="M72" t="s">
-        <v>292</v>
+        <v>206</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>405</v>
       </c>
       <c r="P72" t="s">
-        <v>294</v>
+        <v>406</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B73" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C73" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D73" t="s">
-        <v>242</v>
+        <v>151</v>
       </c>
       <c r="E73" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F73" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M73" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P73" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B74" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C74" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D74" t="s">
-        <v>185</v>
+        <v>162</v>
       </c>
       <c r="E74" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F74" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H74">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M74" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="P74" t="s">
         <v>415</v>
       </c>
+      <c r="P74"/>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>416</v>
       </c>
       <c r="B75" t="s">
         <v>417</v>
       </c>
       <c r="C75" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D75" t="s">
         <v>418</v>
       </c>
       <c r="E75" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F75" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G75" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
-      <c r="I75"/>
+      <c r="I75">
+        <v>2022</v>
+      </c>
       <c r="J75" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
+        <v>419</v>
       </c>
       <c r="L75" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M75" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>421</v>
       </c>
       <c r="O75" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="P75" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B76" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C76" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D76" t="s">
-        <v>424</v>
+        <v>191</v>
       </c>
       <c r="E76" t="s">
-        <v>224</v>
+        <v>203</v>
       </c>
       <c r="F76" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H76">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="M76" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="P76" t="s">
         <v>427</v>
       </c>
+      <c r="P76"/>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>428</v>
       </c>
       <c r="B77" t="s">
         <v>429</v>
       </c>
       <c r="C77" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D77" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="E77" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>225</v>
+        <v>102</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="I77">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="J77" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
         <v>430</v>
       </c>
       <c r="M77" t="s">
-        <v>227</v>
+        <v>112</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>431</v>
       </c>
       <c r="P77" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>433</v>
       </c>
       <c r="B78" t="s">
         <v>434</v>
       </c>
       <c r="C78" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D78" t="s">
-        <v>185</v>
+        <v>435</v>
       </c>
       <c r="E78" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>225</v>
+        <v>102</v>
       </c>
       <c r="G78" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I78"/>
+        <v>1997</v>
+      </c>
+      <c r="I78">
+        <v>2014</v>
+      </c>
       <c r="J78" t="s">
-        <v>290</v>
+        <v>122</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M78" t="s">
-        <v>292</v>
+        <v>112</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="P78"/>
+        <v>437</v>
+      </c>
+      <c r="P78" t="s">
+        <v>438</v>
+      </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B79" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C79" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D79" t="s">
-        <v>439</v>
+        <v>109</v>
       </c>
       <c r="E79" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H79">
         <v>2011</v>
       </c>
-      <c r="I79">
-[...1 lines deleted...]
-      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K79" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="L79" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="M79" t="s">
-        <v>227</v>
+        <v>112</v>
       </c>
       <c r="N79" t="s">
-        <v>442</v>
+        <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>443</v>
       </c>
       <c r="P79" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>445</v>
       </c>
       <c r="B80" t="s">
         <v>446</v>
       </c>
       <c r="C80" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D80" t="s">
-        <v>213</v>
+        <v>157</v>
       </c>
       <c r="E80" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="G80" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H80">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>290</v>
+        <v>205</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
         <v>447</v>
       </c>
       <c r="M80" t="s">
-        <v>292</v>
+        <v>112</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>448</v>
       </c>
-      <c r="P80"/>
+      <c r="P80" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B81" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C81" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D81" t="s">
-        <v>140</v>
+        <v>221</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>452</v>
       </c>
       <c r="H81">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="I81">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J81" t="s">
-        <v>226</v>
+        <v>122</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="M81" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="O81" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="P81" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B82" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C82" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D82" t="s">
-        <v>456</v>
+        <v>366</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="M82" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N82" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="O82" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P82" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B83" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C83" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D83" t="s">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I83"/>
+        <v>1995</v>
+      </c>
+      <c r="I83">
+        <v>2008</v>
+      </c>
       <c r="J83" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K83" t="s">
-        <v>462</v>
+        <v>24</v>
       </c>
       <c r="L83" t="s">
         <v>463</v>
       </c>
       <c r="M83" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
         <v>464</v>
       </c>
       <c r="P83" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
         <v>466</v>
       </c>
       <c r="B84" t="s">
         <v>467</v>
       </c>
       <c r="C84" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D84" t="s">
-        <v>140</v>
+        <v>286</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="I84">
         <v>2014</v>
       </c>
       <c r="J84" t="s">
-        <v>226</v>
+        <v>122</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84" t="s">
         <v>468</v>
       </c>
       <c r="M84" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>469</v>
       </c>
       <c r="P84" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>471</v>
       </c>
       <c r="B85" t="s">
         <v>472</v>
       </c>
       <c r="C85" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D85" t="s">
-        <v>473</v>
+        <v>167</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
-        <v>2002</v>
+        <v>1995</v>
       </c>
       <c r="I85">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="J85" t="s">
-        <v>145</v>
+        <v>269</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
+        <v>473</v>
+      </c>
+      <c r="M85" t="s">
+        <v>112</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
         <v>474</v>
       </c>
-      <c r="M85" t="s">
-[...5 lines deleted...]
-      <c r="O85" t="s">
+      <c r="P85" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
+        <v>476</v>
+      </c>
+      <c r="B86" t="s">
         <v>477</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
+        <v>108</v>
+      </c>
+      <c r="D86" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="H86">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>226</v>
+        <v>122</v>
       </c>
       <c r="K86" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="L86" t="s">
         <v>479</v>
       </c>
       <c r="M86" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
         <v>480</v>
       </c>
       <c r="P86" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>482</v>
       </c>
       <c r="B87" t="s">
         <v>483</v>
       </c>
       <c r="C87" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D87" t="s">
-        <v>242</v>
+        <v>167</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I87">
         <v>2016</v>
       </c>
       <c r="J87" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
-      <c r="L87" t="s">
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>112</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>484</v>
       </c>
-      <c r="M87" t="s">
-[...5 lines deleted...]
-      <c r="O87" t="s">
+      <c r="P87" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>486</v>
+      </c>
+      <c r="B88" t="s">
         <v>487</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="s">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="D88" t="s">
-        <v>387</v>
+        <v>191</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>125</v>
+        <v>102</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H88">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
+        <v>488</v>
+      </c>
+      <c r="M88" t="s">
+        <v>112</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
         <v>489</v>
       </c>
-      <c r="M88" t="s">
-[...5 lines deleted...]
-      <c r="O88" t="s">
+      <c r="P88" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
+        <v>491</v>
+      </c>
+      <c r="B89" t="s">
         <v>492</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
+        <v>108</v>
+      </c>
+      <c r="D89" t="s">
         <v>493</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H89">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>226</v>
+        <v>205</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>494</v>
       </c>
       <c r="M89" t="s">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
         <v>495</v>
       </c>
       <c r="P89" t="s">
         <v>496</v>
-      </c>
-[...290 lines deleted...]
-        <v>527</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">