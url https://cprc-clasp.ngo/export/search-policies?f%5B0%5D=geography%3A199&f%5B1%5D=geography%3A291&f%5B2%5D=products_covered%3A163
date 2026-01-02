--- v0 (2025-11-10)
+++ v1 (2026-01-02)
@@ -101,51 +101,51 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
     <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-030-ener-2016</t>
   </si>
@@ -499,51 +499,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="439.893" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">