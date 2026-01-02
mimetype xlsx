--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
+    <t>NOM-021-ENER/SCFI-2017</t>
+  </si>
+  <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, Revised</t>
-  </si>
-[...31 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
   </si>
   <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
     <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
     <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
   </si>
@@ -733,424 +736,424 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>1995</v>
       </c>
       <c r="I3">
         <v>2017</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H4">
         <v>1995</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H5">
         <v>2010</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="P5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H6">
         <v>1998</v>
       </c>
       <c r="I6">
         <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H7">
         <v>1998</v>
       </c>
       <c r="I7">
         <v>2012</v>
       </c>
       <c r="J7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H8">
         <v>1995</v>
       </c>
       <c r="I8">
         <v>2008</v>
       </c>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2010</v>
       </c>
       <c r="J9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10">
         <v>1995</v>
       </c>
       <c r="I10">
         <v>2016</v>
       </c>
       <c r="J10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">