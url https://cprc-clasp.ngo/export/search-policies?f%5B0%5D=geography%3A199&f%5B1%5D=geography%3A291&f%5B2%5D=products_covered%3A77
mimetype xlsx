--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -65,151 +65,151 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -627,197 +627,197 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
         <v>24</v>
       </c>
+      <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
         <v>31</v>
       </c>
-      <c r="H3">
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>33</v>
       </c>
       <c r="P3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H4">
         <v>2013</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="P4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>48</v>
       </c>
       <c r="M5" t="s">
         <v>49</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>50</v>
       </c>
       <c r="P5" t="s">
         <v>51</v>