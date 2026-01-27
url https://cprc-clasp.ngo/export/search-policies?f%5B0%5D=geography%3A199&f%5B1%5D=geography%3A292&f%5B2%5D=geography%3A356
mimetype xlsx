--- v0 (2025-11-27)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="854">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1387,50 +1387,53 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -2507,50 +2510,53 @@
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -3000,51 +3006,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -8210,3926 +8216,3926 @@
       </c>
       <c r="P108" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
         <v>455</v>
       </c>
       <c r="B109" t="s">
         <v>456</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
         <v>31</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
-        <v>107</v>
+        <v>457</v>
       </c>
       <c r="H109">
         <v>1997</v>
       </c>
       <c r="I109">
         <v>2005</v>
       </c>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>421</v>
       </c>
       <c r="N109" t="s">
         <v>243</v>
       </c>
       <c r="O109" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P109" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B110" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>31</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="H110">
         <v>2004</v>
       </c>
       <c r="I110">
         <v>2025</v>
       </c>
       <c r="J110" t="s">
         <v>419</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M110" t="s">
         <v>421</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="P110" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B111" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>42</v>
       </c>
       <c r="H111">
         <v>2018</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M111" t="s">
         <v>421</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P111" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B112" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
         <v>247</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>8</v>
       </c>
       <c r="H112">
         <v>2016</v>
       </c>
       <c r="I112">
         <v>2025</v>
       </c>
       <c r="J112" t="s">
         <v>419</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="M112" t="s">
         <v>421</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P112" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B113" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>185</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>107</v>
       </c>
       <c r="H113">
         <v>2012</v>
       </c>
       <c r="I113">
         <v>2013</v>
       </c>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="M113" t="s">
         <v>421</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="P113" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B114" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>105</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>107</v>
       </c>
       <c r="H114">
         <v>1995</v>
       </c>
       <c r="I114">
         <v>2017</v>
       </c>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="M114" t="s">
         <v>421</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
       <c r="O114" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="P114" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B115" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>105</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>107</v>
       </c>
       <c r="H115">
         <v>1995</v>
       </c>
       <c r="I115">
         <v>2018</v>
       </c>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
         <v>421</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P115" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B116"/>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>418</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>42</v>
       </c>
       <c r="H116">
         <v>2018</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>23</v>
       </c>
       <c r="K116" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="L116" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M116" t="s">
         <v>421</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P116" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B117" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>363</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>107</v>
       </c>
       <c r="H117">
         <v>2010</v>
       </c>
       <c r="I117">
         <v>2018</v>
       </c>
       <c r="J117" t="s">
         <v>23</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="M117" t="s">
         <v>421</v>
       </c>
       <c r="N117" t="s">
         <v>26</v>
       </c>
       <c r="O117" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P117" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B118" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
         <v>325</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H118">
         <v>2017</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>419</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M118" t="s">
         <v>421</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
       <c r="O118" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="P118" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B119" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>107</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
       <c r="I119">
         <v>2017</v>
       </c>
       <c r="J119" t="s">
         <v>108</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="M119" t="s">
         <v>421</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P119" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B120" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>234</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>42</v>
       </c>
       <c r="H120">
         <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>23</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M120" t="s">
         <v>421</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
       <c r="O120" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P120" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B121" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>31</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>42</v>
       </c>
       <c r="H121">
         <v>2021</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
         <v>23</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="N121" t="s">
         <v>243</v>
       </c>
       <c r="O121" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="P121" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B122" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>311</v>
       </c>
       <c r="G122" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H122">
         <v>2025</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>419</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M122" t="s">
         <v>421</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P122" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B123" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C123" t="s">
         <v>38</v>
       </c>
       <c r="D123" t="s">
         <v>125</v>
       </c>
       <c r="E123" t="s">
         <v>40</v>
       </c>
       <c r="F123" t="s">
         <v>41</v>
       </c>
       <c r="G123" t="s">
         <v>107</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
         <v>43</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
         <v>44</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
       <c r="O123" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P123" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B124" t="s">
         <v>101</v>
       </c>
       <c r="C124" t="s">
         <v>38</v>
       </c>
       <c r="D124" t="s">
         <v>101</v>
       </c>
       <c r="E124" t="s">
         <v>40</v>
       </c>
       <c r="F124" t="s">
         <v>41</v>
       </c>
       <c r="G124" t="s">
         <v>107</v>
       </c>
       <c r="H124">
         <v>2012</v>
       </c>
       <c r="I124">
         <v>2012</v>
       </c>
       <c r="J124" t="s">
         <v>43</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
         <v>44</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P124" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B125" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C125" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D125" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G125" t="s">
         <v>8</v>
       </c>
       <c r="H125">
         <v>2015</v>
       </c>
       <c r="I125">
         <v>2024</v>
       </c>
       <c r="J125" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M125" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P125" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B126" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C126" t="s">
         <v>38</v>
       </c>
       <c r="D126" t="s">
         <v>202</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G126" t="s">
         <v>8</v>
       </c>
       <c r="H126">
         <v>2004</v>
       </c>
       <c r="I126">
         <v>2024</v>
       </c>
       <c r="J126" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="M126" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P126" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B127" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C127" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D127" t="s">
         <v>39</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>311</v>
       </c>
       <c r="G127" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H127">
         <v>2024</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M127" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
       <c r="O127" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="P127" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B128" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C128" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D128" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="G128" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H128">
         <v>2024</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="M128" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P128" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B129" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C129" t="s">
         <v>38</v>
       </c>
       <c r="D129" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>311</v>
       </c>
       <c r="G129" t="s">
         <v>8</v>
       </c>
       <c r="H129">
         <v>2011</v>
       </c>
       <c r="I129">
         <v>2024</v>
       </c>
       <c r="J129" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M129" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
       <c r="O129" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P129" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B130" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E130" t="s">
         <v>40</v>
       </c>
       <c r="F130" t="s">
         <v>41</v>
       </c>
       <c r="G130" t="s">
         <v>107</v>
       </c>
       <c r="H130">
         <v>2000</v>
       </c>
       <c r="I130">
         <v>2020</v>
       </c>
       <c r="J130" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M130" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P130" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B131" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
         <v>185</v>
       </c>
       <c r="E131" t="s">
         <v>40</v>
       </c>
       <c r="F131" t="s">
         <v>41</v>
       </c>
       <c r="G131" t="s">
         <v>107</v>
       </c>
       <c r="H131">
         <v>2010</v>
       </c>
       <c r="I131">
         <v>2022</v>
       </c>
       <c r="J131" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M131" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="P131" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B132" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
         <v>105</v>
       </c>
       <c r="E132" t="s">
         <v>40</v>
       </c>
       <c r="F132" t="s">
         <v>41</v>
       </c>
       <c r="G132" t="s">
         <v>107</v>
       </c>
       <c r="H132">
         <v>2010</v>
       </c>
       <c r="I132">
         <v>2017</v>
       </c>
       <c r="J132" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M132" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="P132" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B133" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>247</v>
       </c>
       <c r="E133" t="s">
         <v>40</v>
       </c>
       <c r="F133" t="s">
         <v>41</v>
       </c>
       <c r="G133" t="s">
         <v>107</v>
       </c>
       <c r="H133">
         <v>1994</v>
       </c>
       <c r="I133">
         <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="M133" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N133" t="s">
         <v>243</v>
       </c>
       <c r="O133" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="P133" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B134" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>185</v>
       </c>
       <c r="E134" t="s">
         <v>40</v>
       </c>
       <c r="F134" t="s">
         <v>41</v>
       </c>
       <c r="G134" t="s">
         <v>107</v>
       </c>
       <c r="H134">
         <v>1995</v>
       </c>
       <c r="I134">
         <v>2013</v>
       </c>
       <c r="J134" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="M134" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N134" t="s">
         <v>26</v>
       </c>
       <c r="O134" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="P134" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B135" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>251</v>
       </c>
       <c r="E135" t="s">
         <v>40</v>
       </c>
       <c r="F135" t="s">
         <v>41</v>
       </c>
       <c r="G135" t="s">
         <v>107</v>
       </c>
       <c r="H135">
         <v>1996</v>
       </c>
       <c r="I135">
         <v>2012</v>
       </c>
       <c r="J135" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M135" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N135" t="s">
         <v>26</v>
       </c>
       <c r="O135" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P135" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B136" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>251</v>
       </c>
       <c r="E136" t="s">
         <v>40</v>
       </c>
       <c r="F136" t="s">
         <v>41</v>
       </c>
       <c r="G136" t="s">
         <v>107</v>
       </c>
       <c r="H136">
         <v>1996</v>
       </c>
       <c r="I136">
         <v>2012</v>
       </c>
       <c r="J136" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="M136" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="P136" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B137" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E137" t="s">
         <v>40</v>
       </c>
       <c r="F137" t="s">
         <v>41</v>
       </c>
       <c r="G137" t="s">
         <v>107</v>
       </c>
       <c r="H137">
         <v>1996</v>
       </c>
       <c r="I137">
         <v>2012</v>
       </c>
       <c r="J137" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M137" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P137" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B138" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>185</v>
       </c>
       <c r="E138" t="s">
         <v>40</v>
       </c>
       <c r="F138" t="s">
         <v>41</v>
       </c>
       <c r="G138" t="s">
         <v>107</v>
       </c>
       <c r="H138">
         <v>1996</v>
       </c>
       <c r="I138">
         <v>2015</v>
       </c>
       <c r="J138" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M138" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P138" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B139" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E139" t="s">
         <v>40</v>
       </c>
       <c r="F139" t="s">
         <v>41</v>
       </c>
       <c r="G139" t="s">
         <v>107</v>
       </c>
       <c r="H139">
         <v>1996</v>
       </c>
       <c r="I139">
         <v>2013</v>
       </c>
       <c r="J139" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="M139" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="P139" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B140" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E140" t="s">
         <v>40</v>
       </c>
       <c r="F140" t="s">
         <v>41</v>
       </c>
       <c r="G140" t="s">
         <v>107</v>
       </c>
       <c r="H140">
         <v>1997</v>
       </c>
       <c r="I140">
         <v>2012</v>
       </c>
       <c r="J140" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M140" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
       <c r="O140" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P140" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B141" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>185</v>
       </c>
       <c r="E141" t="s">
         <v>40</v>
       </c>
       <c r="F141" t="s">
         <v>41</v>
       </c>
       <c r="G141" t="s">
         <v>107</v>
       </c>
       <c r="H141">
         <v>1998</v>
       </c>
       <c r="I141">
         <v>2012</v>
       </c>
       <c r="J141" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="M141" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
       <c r="O141" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="P141" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B142" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
         <v>105</v>
       </c>
       <c r="E142" t="s">
         <v>40</v>
       </c>
       <c r="F142" t="s">
         <v>41</v>
       </c>
       <c r="G142" t="s">
         <v>107</v>
       </c>
       <c r="H142">
         <v>1998</v>
       </c>
       <c r="I142">
         <v>2012</v>
       </c>
       <c r="J142" t="s">
         <v>43</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="M142" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="P142" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B143" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
         <v>31</v>
       </c>
       <c r="E143" t="s">
         <v>40</v>
       </c>
       <c r="F143" t="s">
         <v>41</v>
       </c>
       <c r="G143" t="s">
         <v>107</v>
       </c>
       <c r="H143">
         <v>1999</v>
       </c>
       <c r="I143">
         <v>2012</v>
       </c>
       <c r="J143" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="M143" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
       <c r="O143" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P143" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B144" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>125</v>
       </c>
       <c r="E144" t="s">
         <v>40</v>
       </c>
       <c r="F144" t="s">
         <v>41</v>
       </c>
       <c r="G144" t="s">
         <v>107</v>
       </c>
       <c r="H144">
         <v>2000</v>
       </c>
       <c r="I144">
         <v>2012</v>
       </c>
       <c r="J144" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="M144" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N144" t="s">
         <v>26</v>
       </c>
       <c r="O144" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P144" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B145" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E145" t="s">
         <v>40</v>
       </c>
       <c r="F145" t="s">
         <v>41</v>
       </c>
       <c r="G145" t="s">
         <v>107</v>
       </c>
       <c r="H145">
         <v>2001</v>
       </c>
       <c r="I145">
         <v>2015</v>
       </c>
       <c r="J145" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M145" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N145" t="s">
         <v>26</v>
       </c>
       <c r="O145" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P145" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B146" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>267</v>
       </c>
       <c r="E146" t="s">
         <v>40</v>
       </c>
       <c r="F146" t="s">
         <v>41</v>
       </c>
       <c r="G146" t="s">
         <v>107</v>
       </c>
       <c r="H146">
         <v>2002</v>
       </c>
       <c r="I146">
         <v>2012</v>
       </c>
       <c r="J146" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="M146" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
       <c r="O146" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="P146" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B147" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E147" t="s">
         <v>40</v>
       </c>
       <c r="F147" t="s">
         <v>41</v>
       </c>
       <c r="G147" t="s">
         <v>107</v>
       </c>
       <c r="H147">
         <v>2003</v>
       </c>
       <c r="I147">
         <v>2013</v>
       </c>
       <c r="J147" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M147" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N147" t="s">
         <v>26</v>
       </c>
       <c r="O147" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P147" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B148" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
         <v>105</v>
       </c>
       <c r="E148" t="s">
         <v>40</v>
       </c>
       <c r="F148" t="s">
         <v>41</v>
       </c>
       <c r="G148" t="s">
         <v>107</v>
       </c>
       <c r="H148">
         <v>1998</v>
       </c>
       <c r="I148">
         <v>2012</v>
       </c>
       <c r="J148" t="s">
         <v>43</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="M148" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N148" t="s">
         <v>26</v>
       </c>
       <c r="O148" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P148" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B149" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
         <v>97</v>
       </c>
       <c r="E149" t="s">
         <v>40</v>
       </c>
       <c r="F149" t="s">
         <v>41</v>
       </c>
       <c r="G149" t="s">
         <v>107</v>
       </c>
       <c r="H149">
         <v>2003</v>
       </c>
       <c r="I149">
         <v>2012</v>
       </c>
       <c r="J149" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M149" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N149" t="s">
         <v>26</v>
       </c>
       <c r="O149" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="P149" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B150" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
         <v>185</v>
       </c>
       <c r="E150" t="s">
         <v>40</v>
       </c>
       <c r="F150" t="s">
         <v>41</v>
       </c>
       <c r="G150" t="s">
         <v>107</v>
       </c>
       <c r="H150">
         <v>2004</v>
       </c>
       <c r="I150">
         <v>2012</v>
       </c>
       <c r="J150" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="M150" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N150" t="s">
         <v>243</v>
       </c>
       <c r="O150" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P150" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B151" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C151" t="s">
         <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E151" t="s">
         <v>40</v>
       </c>
       <c r="F151" t="s">
         <v>41</v>
       </c>
       <c r="G151" t="s">
         <v>107</v>
       </c>
       <c r="H151">
         <v>2004</v>
       </c>
       <c r="I151">
         <v>2012</v>
       </c>
       <c r="J151" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M151" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N151" t="s">
         <v>26</v>
       </c>
       <c r="O151" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P151" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B152" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C152" t="s">
         <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E152" t="s">
         <v>40</v>
       </c>
       <c r="F152" t="s">
         <v>41</v>
       </c>
       <c r="G152" t="s">
         <v>107</v>
       </c>
       <c r="H152">
         <v>2004</v>
       </c>
       <c r="I152">
         <v>2012</v>
       </c>
       <c r="J152" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M152" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N152" t="s">
         <v>26</v>
       </c>
       <c r="O152" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P152" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B153" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C153" t="s">
         <v>18</v>
       </c>
       <c r="D153" t="s">
         <v>267</v>
       </c>
       <c r="E153" t="s">
         <v>40</v>
       </c>
       <c r="F153" t="s">
         <v>41</v>
       </c>
       <c r="G153" t="s">
         <v>107</v>
       </c>
       <c r="H153">
         <v>2004</v>
       </c>
       <c r="I153">
         <v>2012</v>
       </c>
       <c r="J153" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="M153" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N153" t="s">
         <v>26</v>
       </c>
       <c r="O153" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="P153" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B154" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C154" t="s">
         <v>18</v>
       </c>
       <c r="D154" t="s">
         <v>251</v>
       </c>
       <c r="E154" t="s">
         <v>40</v>
       </c>
       <c r="F154" t="s">
         <v>41</v>
       </c>
       <c r="G154" t="s">
         <v>107</v>
       </c>
       <c r="H154">
         <v>2004</v>
       </c>
       <c r="I154">
         <v>2012</v>
       </c>
       <c r="J154" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="M154" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N154" t="s">
         <v>26</v>
       </c>
       <c r="O154" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P154" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B155" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C155" t="s">
         <v>18</v>
       </c>
       <c r="D155" t="s">
         <v>251</v>
       </c>
       <c r="E155" t="s">
         <v>40</v>
       </c>
       <c r="F155" t="s">
         <v>41</v>
       </c>
       <c r="G155" t="s">
         <v>107</v>
       </c>
       <c r="H155">
         <v>2005</v>
       </c>
       <c r="I155">
         <v>2012</v>
       </c>
       <c r="J155" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M155" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N155" t="s">
         <v>26</v>
       </c>
       <c r="O155" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="P155" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B156" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C156" t="s">
         <v>18</v>
       </c>
       <c r="D156" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E156" t="s">
         <v>40</v>
       </c>
       <c r="F156" t="s">
         <v>41</v>
       </c>
       <c r="G156" t="s">
         <v>107</v>
       </c>
       <c r="H156">
         <v>2005</v>
       </c>
       <c r="I156">
         <v>2012</v>
       </c>
       <c r="J156" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="M156" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N156" t="s">
         <v>26</v>
       </c>
       <c r="O156" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P156" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B157" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C157" t="s">
         <v>18</v>
       </c>
       <c r="D157" t="s">
         <v>251</v>
       </c>
       <c r="E157" t="s">
         <v>40</v>
       </c>
       <c r="F157" t="s">
         <v>41</v>
       </c>
       <c r="G157" t="s">
         <v>107</v>
       </c>
       <c r="H157">
         <v>2007</v>
       </c>
       <c r="I157">
         <v>2012</v>
       </c>
       <c r="J157" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="M157" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N157" t="s">
         <v>26</v>
       </c>
       <c r="O157" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P157" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B158" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C158" t="s">
         <v>18</v>
       </c>
       <c r="D158" t="s">
         <v>130</v>
       </c>
       <c r="E158" t="s">
         <v>40</v>
       </c>
       <c r="F158" t="s">
         <v>41</v>
       </c>
       <c r="G158" t="s">
         <v>107</v>
       </c>
       <c r="H158">
         <v>2007</v>
       </c>
       <c r="I158">
         <v>2012</v>
       </c>
       <c r="J158" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="M158" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N158" t="s">
         <v>26</v>
       </c>
       <c r="O158" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P158" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B159" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C159" t="s">
         <v>18</v>
       </c>
       <c r="D159" t="s">
         <v>234</v>
       </c>
       <c r="E159" t="s">
         <v>40</v>
       </c>
       <c r="F159" t="s">
         <v>41</v>
       </c>
       <c r="G159" t="s">
         <v>107</v>
       </c>
       <c r="H159">
         <v>2013</v>
       </c>
       <c r="I159">
         <v>2014</v>
       </c>
       <c r="J159" t="s">
         <v>43</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="M159" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N159" t="s">
         <v>26</v>
       </c>
       <c r="O159" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="P159" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B160" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C160" t="s">
         <v>18</v>
       </c>
       <c r="D160" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="E160" t="s">
         <v>40</v>
       </c>
       <c r="F160" t="s">
         <v>41</v>
       </c>
       <c r="G160" t="s">
         <v>107</v>
       </c>
       <c r="H160">
         <v>2008</v>
       </c>
       <c r="I160">
         <v>2012</v>
       </c>
       <c r="J160" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M160" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N160" t="s">
         <v>243</v>
       </c>
       <c r="O160" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P160" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B161" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="C161" t="s">
         <v>18</v>
       </c>
       <c r="D161" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E161" t="s">
         <v>40</v>
       </c>
       <c r="F161" t="s">
         <v>41</v>
       </c>
       <c r="G161" t="s">
         <v>107</v>
       </c>
       <c r="H161">
         <v>2008</v>
       </c>
       <c r="I161">
         <v>2012</v>
       </c>
       <c r="J161" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="M161" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N161" t="s">
         <v>243</v>
       </c>
       <c r="O161" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P161" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B162" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C162" t="s">
         <v>18</v>
       </c>
       <c r="D162" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E162" t="s">
         <v>40</v>
       </c>
       <c r="F162" t="s">
         <v>41</v>
       </c>
       <c r="G162" t="s">
         <v>107</v>
       </c>
       <c r="H162">
         <v>2008</v>
       </c>
       <c r="I162">
         <v>2009</v>
       </c>
       <c r="J162" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="M162" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N162" t="s">
         <v>26</v>
       </c>
       <c r="O162" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P162" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B163" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C163" t="s">
         <v>18</v>
       </c>
       <c r="D163" t="s">
         <v>247</v>
       </c>
       <c r="E163" t="s">
         <v>40</v>
       </c>
       <c r="F163" t="s">
         <v>41</v>
       </c>
       <c r="G163" t="s">
         <v>107</v>
       </c>
       <c r="H163">
         <v>1994</v>
       </c>
       <c r="I163">
         <v>2012</v>
       </c>
       <c r="J163" t="s">
         <v>43</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M163" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N163" t="s">
         <v>26</v>
       </c>
       <c r="O163" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P163" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="B164" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="C164" t="s">
         <v>18</v>
       </c>
       <c r="D164" t="s">
         <v>239</v>
       </c>
       <c r="E164" t="s">
         <v>40</v>
       </c>
       <c r="F164" t="s">
         <v>41</v>
       </c>
       <c r="G164" t="s">
         <v>107</v>
       </c>
       <c r="H164">
         <v>2008</v>
       </c>
       <c r="I164">
         <v>2012</v>
       </c>
       <c r="J164" t="s">
         <v>43</v>
       </c>
       <c r="K164" t="s">
         <v>24</v>
       </c>
       <c r="L164" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="M164" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N164" t="s">
         <v>26</v>
       </c>
       <c r="O164" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P164" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B165" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C165" t="s">
         <v>18</v>
       </c>
       <c r="D165" t="s">
         <v>247</v>
       </c>
       <c r="E165" t="s">
         <v>40</v>
       </c>
       <c r="F165" t="s">
         <v>41</v>
       </c>
       <c r="G165" t="s">
         <v>107</v>
       </c>
       <c r="H165">
         <v>2009</v>
       </c>
       <c r="I165">
         <v>2012</v>
       </c>
       <c r="J165" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K165" t="s">
         <v>24</v>
       </c>
       <c r="L165" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="M165" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N165" t="s">
         <v>26</v>
       </c>
       <c r="O165" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P165" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B166" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C166" t="s">
         <v>18</v>
       </c>
       <c r="D166" t="s">
         <v>185</v>
       </c>
       <c r="E166" t="s">
         <v>40</v>
       </c>
       <c r="F166" t="s">
         <v>41</v>
       </c>
       <c r="G166" t="s">
         <v>107</v>
       </c>
       <c r="H166">
         <v>2009</v>
       </c>
       <c r="I166">
         <v>2012</v>
       </c>
       <c r="J166" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K166" t="s">
         <v>24</v>
       </c>
       <c r="L166" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="M166" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N166" t="s">
         <v>26</v>
       </c>
       <c r="O166" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="P166" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B167" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C167" t="s">
         <v>18</v>
       </c>
       <c r="D167" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E167" t="s">
         <v>40</v>
       </c>
       <c r="F167" t="s">
         <v>41</v>
       </c>
       <c r="G167" t="s">
         <v>42</v>
       </c>
       <c r="H167">
         <v>2011</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K167" t="s">
         <v>24</v>
       </c>
       <c r="L167" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="M167" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N167" t="s">
         <v>26</v>
       </c>
       <c r="O167" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P167" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B168" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C168" t="s">
         <v>18</v>
       </c>
       <c r="D168" t="s">
         <v>279</v>
       </c>
       <c r="E168" t="s">
         <v>40</v>
       </c>
       <c r="F168" t="s">
         <v>41</v>
       </c>
       <c r="G168" t="s">
         <v>107</v>
       </c>
       <c r="H168">
         <v>2010</v>
       </c>
       <c r="I168">
         <v>2012</v>
       </c>
       <c r="J168" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K168" t="s">
         <v>24</v>
       </c>
       <c r="L168" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="M168" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N168" t="s">
         <v>26</v>
       </c>
       <c r="O168" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P168" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B169" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C169" t="s">
         <v>18</v>
       </c>
       <c r="D169" t="s">
         <v>31</v>
       </c>
       <c r="E169" t="s">
         <v>40</v>
       </c>
       <c r="F169" t="s">
         <v>41</v>
       </c>
       <c r="G169" t="s">
         <v>107</v>
       </c>
       <c r="H169">
         <v>2010</v>
       </c>
       <c r="I169">
         <v>2012</v>
       </c>
       <c r="J169" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K169" t="s">
         <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M169" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N169" t="s">
         <v>26</v>
       </c>
       <c r="O169" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="P169" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B170" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C170" t="s">
         <v>18</v>
       </c>
       <c r="D170" t="s">
         <v>185</v>
       </c>
       <c r="E170" t="s">
         <v>40</v>
       </c>
       <c r="F170" t="s">
         <v>41</v>
       </c>
       <c r="G170" t="s">
         <v>42</v>
       </c>
       <c r="H170">
         <v>2015</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>43</v>
       </c>
       <c r="K170" t="s">
         <v>24</v>
       </c>
       <c r="L170" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="M170" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N170" t="s">
         <v>26</v>
       </c>
       <c r="O170" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="P170"/>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B171" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C171" t="s">
         <v>18</v>
       </c>
       <c r="D171" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E171" t="s">
         <v>40</v>
       </c>
       <c r="F171" t="s">
         <v>41</v>
       </c>
       <c r="G171" t="s">
         <v>107</v>
       </c>
       <c r="H171">
         <v>2011</v>
       </c>
       <c r="I171">
         <v>2022</v>
       </c>
       <c r="J171" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K171" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="L171" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="M171" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N171" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="O171" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="P171" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B172" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C172" t="s">
         <v>18</v>
       </c>
       <c r="D172" t="s">
         <v>234</v>
       </c>
       <c r="E172" t="s">
         <v>40</v>
       </c>
       <c r="F172" t="s">
         <v>41</v>
       </c>
       <c r="G172" t="s">
         <v>42</v>
       </c>
       <c r="H172">
         <v>2013</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>43</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="M172" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="N172" t="s">
         <v>26</v>
       </c>
       <c r="O172" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="P172"/>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B173" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C173" t="s">
         <v>18</v>
       </c>
       <c r="D173" t="s">
         <v>267</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>107</v>
       </c>
       <c r="H173">
         <v>2000</v>
       </c>
       <c r="I173">
         <v>2014</v>
       </c>
       <c r="J173" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="M173" t="s">
         <v>421</v>
       </c>
       <c r="N173" t="s">
         <v>26</v>
       </c>
       <c r="O173" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="P173" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B174" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C174" t="s">
         <v>18</v>
       </c>
       <c r="D174" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
         <v>107</v>
       </c>
       <c r="H174">
         <v>1997</v>
       </c>
       <c r="I174">
         <v>2014</v>
       </c>
       <c r="J174" t="s">
         <v>23</v>
       </c>
       <c r="K174" t="s">
         <v>24</v>
       </c>
       <c r="L174" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M174" t="s">
         <v>421</v>
       </c>
       <c r="N174" t="s">
         <v>26</v>
       </c>
       <c r="O174" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="P174" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B175" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C175" t="s">
         <v>18</v>
       </c>
       <c r="D175" t="s">
         <v>418</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
         <v>311</v>
       </c>
       <c r="G175" t="s">
         <v>42</v>
       </c>
       <c r="H175">
         <v>2011</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K175" t="s">
         <v>147</v>
       </c>
       <c r="L175" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M175" t="s">
         <v>421</v>
       </c>
       <c r="N175" t="s">
         <v>26</v>
       </c>
       <c r="O175" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="P175" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B176" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C176" t="s">
         <v>18</v>
       </c>
       <c r="D176" t="s">
         <v>267</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>311</v>
       </c>
       <c r="G176" t="s">
-        <v>107</v>
+        <v>457</v>
       </c>
       <c r="H176">
         <v>1994</v>
       </c>
       <c r="I176">
         <v>2014</v>
       </c>
       <c r="J176" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K176" t="s">
         <v>24</v>
       </c>
       <c r="L176" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M176" t="s">
         <v>421</v>
       </c>
       <c r="N176" t="s">
         <v>26</v>
       </c>
       <c r="O176" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="P176" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B177" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="C177" t="s">
         <v>18</v>
       </c>
       <c r="D177" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>311</v>
       </c>
       <c r="G177" t="s">
-        <v>107</v>
+        <v>457</v>
       </c>
       <c r="H177">
         <v>2002</v>
       </c>
       <c r="I177">
         <v>2007</v>
       </c>
       <c r="J177" t="s">
         <v>23</v>
       </c>
       <c r="K177" t="s">
         <v>24</v>
       </c>
       <c r="L177" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="M177" t="s">
         <v>421</v>
       </c>
       <c r="N177" t="s">
         <v>26</v>
       </c>
       <c r="O177" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="P177" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B178" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C178" t="s">
         <v>18</v>
       </c>
       <c r="D178" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>311</v>
       </c>
       <c r="G178" t="s">
         <v>42</v>
       </c>
       <c r="H178">
         <v>2012</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K178" t="s">
         <v>24</v>
       </c>
       <c r="L178" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="M178" t="s">
         <v>421</v>
       </c>
       <c r="N178" t="s">
         <v>26</v>
       </c>
       <c r="O178" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="P178" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B179" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C179" t="s">
         <v>18</v>
       </c>
       <c r="D179" t="s">
         <v>247</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>107</v>
+        <v>809</v>
       </c>
       <c r="H179">
         <v>2010</v>
       </c>
       <c r="I179">
         <v>2016</v>
       </c>
       <c r="J179" t="s">
         <v>23</v>
       </c>
       <c r="K179" t="s">
         <v>24</v>
       </c>
       <c r="L179" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="M179" t="s">
         <v>421</v>
       </c>
       <c r="N179" t="s">
         <v>243</v>
       </c>
       <c r="O179" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="P179" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B180" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C180" t="s">
         <v>18</v>
       </c>
       <c r="D180" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
         <v>107</v>
       </c>
       <c r="H180">
         <v>2008</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>23</v>
       </c>
       <c r="K180" t="s">
         <v>24</v>
       </c>
       <c r="L180" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="M180" t="s">
         <v>421</v>
       </c>
       <c r="N180" t="s">
         <v>243</v>
       </c>
       <c r="O180" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="P180" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B181" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C181" t="s">
         <v>18</v>
       </c>
       <c r="D181" t="s">
         <v>105</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>311</v>
       </c>
       <c r="G181" t="s">
         <v>107</v>
       </c>
       <c r="H181">
         <v>1995</v>
       </c>
       <c r="I181">
         <v>2008</v>
       </c>
       <c r="J181" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K181" t="s">
         <v>24</v>
       </c>
       <c r="L181" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="M181" t="s">
         <v>421</v>
       </c>
       <c r="N181" t="s">
         <v>26</v>
       </c>
       <c r="O181" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="P181" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B182" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C182" t="s">
         <v>18</v>
       </c>
       <c r="D182" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>311</v>
       </c>
       <c r="G182" t="s">
         <v>107</v>
       </c>
       <c r="H182">
         <v>2008</v>
       </c>
       <c r="I182">
         <v>2014</v>
       </c>
       <c r="J182" t="s">
         <v>23</v>
       </c>
       <c r="K182" t="s">
         <v>24</v>
       </c>
       <c r="L182" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="M182" t="s">
         <v>421</v>
       </c>
       <c r="N182" t="s">
         <v>26</v>
       </c>
       <c r="O182" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="P182" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B183" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C183" t="s">
         <v>18</v>
       </c>
       <c r="D183" t="s">
         <v>105</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>311</v>
       </c>
       <c r="G183" t="s">
         <v>107</v>
       </c>
       <c r="H183">
         <v>1995</v>
       </c>
       <c r="I183">
         <v>2010</v>
       </c>
       <c r="J183" t="s">
         <v>43</v>
       </c>
       <c r="K183" t="s">
         <v>24</v>
       </c>
       <c r="L183" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="M183" t="s">
         <v>421</v>
       </c>
       <c r="N183" t="s">
         <v>26</v>
       </c>
       <c r="O183" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="P183" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B184" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="C184" t="s">
         <v>18</v>
       </c>
       <c r="D184" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>311</v>
       </c>
       <c r="G184" t="s">
         <v>42</v>
       </c>
       <c r="H184">
         <v>2013</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
         <v>23</v>
       </c>
       <c r="K184" t="s">
         <v>147</v>
       </c>
       <c r="L184" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="M184" t="s">
         <v>421</v>
       </c>
       <c r="N184" t="s">
         <v>26</v>
       </c>
       <c r="O184" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="P184" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B185" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C185" t="s">
         <v>18</v>
       </c>
       <c r="D185" t="s">
         <v>105</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>311</v>
       </c>
       <c r="G185" t="s">
         <v>107</v>
       </c>
       <c r="H185">
         <v>1995</v>
       </c>
       <c r="I185">
         <v>2016</v>
       </c>
       <c r="J185" t="s">
         <v>23</v>
       </c>
       <c r="K185" t="s">
         <v>24</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
         <v>421</v>
       </c>
       <c r="N185" t="s">
         <v>26</v>
       </c>
       <c r="O185" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="P185" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="B186" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C186" t="s">
         <v>18</v>
       </c>
       <c r="D186" t="s">
         <v>234</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>42</v>
       </c>
       <c r="H186">
         <v>2012</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K186" t="s">
         <v>24</v>
       </c>
       <c r="L186" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="M186" t="s">
         <v>421</v>
       </c>
       <c r="N186" t="s">
         <v>26</v>
       </c>
       <c r="O186" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="P186" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B187" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="C187" t="s">
         <v>18</v>
       </c>
       <c r="D187" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
         <v>311</v>
       </c>
       <c r="G187" t="s">
         <v>42</v>
       </c>
       <c r="H187">
         <v>2014</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="K187" t="s">
         <v>24</v>
       </c>
       <c r="L187" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="M187" t="s">
         <v>421</v>
       </c>
       <c r="N187" t="s">
         <v>26</v>
       </c>
       <c r="O187" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="P187" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">