--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -412,75 +412,78 @@
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -529,60 +532,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
     <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
   </si>
   <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
     <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
   </si>
@@ -735,174 +738,174 @@
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
     <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
   </si>
   <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-set-top-boxes</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
@@ -1046,53 +1049,50 @@
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
@@ -3597,2676 +3597,2678 @@
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>125</v>
       </c>
       <c r="B18" t="s">
         <v>126</v>
       </c>
       <c r="C18" t="s">
         <v>90</v>
       </c>
       <c r="D18" t="s">
         <v>127</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>68</v>
       </c>
       <c r="G18" t="s">
         <v>47</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>128</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>118</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>129</v>
       </c>
       <c r="P18" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>130</v>
       </c>
       <c r="B19" t="s">
         <v>131</v>
       </c>
       <c r="C19" t="s">
         <v>90</v>
       </c>
       <c r="D19" t="s">
         <v>132</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>68</v>
       </c>
       <c r="G19" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19">
         <v>2019</v>
       </c>
       <c r="J19" t="s">
         <v>77</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>118</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P19" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C20" t="s">
         <v>90</v>
       </c>
       <c r="D20" t="s">
         <v>132</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>68</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>128</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>118</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P20" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
         <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>68</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
-      <c r="H21">
+      <c r="H21"/>
+      <c r="I21">
         <v>2024</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
         <v>128</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>118</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
         <v>90</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>68</v>
       </c>
       <c r="G22" t="s">
         <v>116</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>77</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M22" t="s">
         <v>118</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P22" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B23" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C23" t="s">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>115</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>68</v>
       </c>
       <c r="G23" t="s">
         <v>8</v>
       </c>
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
         <v>77</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M23" t="s">
         <v>118</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C24" t="s">
         <v>90</v>
       </c>
       <c r="D24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>68</v>
       </c>
       <c r="G24" t="s">
         <v>116</v>
       </c>
       <c r="H24">
         <v>2014</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>77</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M24" t="s">
         <v>118</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P24" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B25" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C25" t="s">
         <v>90</v>
       </c>
       <c r="D25" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>68</v>
       </c>
       <c r="G25" t="s">
         <v>116</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>77</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M25" t="s">
         <v>118</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P25" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C26" t="s">
         <v>90</v>
       </c>
       <c r="D26" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>68</v>
       </c>
       <c r="G26" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="H26">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>128</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>118</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>33</v>
       </c>
       <c r="G27" t="s">
         <v>47</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>34</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P27" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2017</v>
       </c>
       <c r="J28" t="s">
         <v>34</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M28" t="s">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>47</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>34</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P29" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C30" t="s">
         <v>90</v>
       </c>
       <c r="D30" t="s">
         <v>115</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2011</v>
       </c>
       <c r="I30">
         <v>2022</v>
       </c>
       <c r="J30" t="s">
         <v>77</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M30" t="s">
         <v>118</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>90</v>
       </c>
       <c r="D31" t="s">
         <v>98</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>8</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31">
         <v>2022</v>
       </c>
       <c r="J31" t="s">
         <v>77</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
         <v>118</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P31" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>127</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>47</v>
       </c>
       <c r="H32">
         <v>2025</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>128</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>118</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>47</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>34</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P33" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
         <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>77</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M34" t="s">
         <v>118</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
         <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>132</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>8</v>
       </c>
       <c r="H35">
         <v>2015</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
         <v>128</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>118</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P35" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B36" t="s">
         <v>52</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2003</v>
       </c>
       <c r="I36">
         <v>2018</v>
       </c>
       <c r="J36" t="s">
         <v>34</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M36" t="s">
         <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2005</v>
       </c>
       <c r="I37">
         <v>2018</v>
       </c>
       <c r="J37" t="s">
         <v>34</v>
       </c>
       <c r="K37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P37" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>46</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>76</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C39" t="s">
         <v>90</v>
       </c>
       <c r="D39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>116</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>128</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>118</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P39" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B40" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C40" t="s">
         <v>90</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2022</v>
       </c>
       <c r="J40" t="s">
         <v>77</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M40" t="s">
         <v>118</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="P40" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B41" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41">
         <v>2025</v>
       </c>
       <c r="J41" t="s">
         <v>128</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>118</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P41" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>47</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>34</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M42" t="s">
         <v>26</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C43" t="s">
         <v>90</v>
       </c>
       <c r="D43" t="s">
         <v>115</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>133</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
         <v>77</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M43" t="s">
         <v>118</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="P43" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B44" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C44" t="s">
         <v>90</v>
       </c>
       <c r="D44" t="s">
         <v>115</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2025</v>
       </c>
       <c r="J44" t="s">
         <v>128</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
         <v>118</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P44" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B45" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C45" t="s">
         <v>90</v>
       </c>
       <c r="D45" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>47</v>
       </c>
-      <c r="H45"/>
+      <c r="H45">
+        <v>2024</v>
+      </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>128</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>118</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C46" t="s">
         <v>90</v>
       </c>
       <c r="D46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>116</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>77</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M46" t="s">
         <v>118</v>
       </c>
       <c r="N46" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O46" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P46" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C47" t="s">
         <v>90</v>
       </c>
       <c r="D47" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>116</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>77</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M47" t="s">
         <v>118</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B48" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C48" t="s">
         <v>90</v>
       </c>
       <c r="D48" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>47</v>
       </c>
       <c r="H48">
         <v>2025</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>128</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>118</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P48" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
         <v>2006</v>
       </c>
       <c r="J49" t="s">
         <v>34</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2004</v>
       </c>
       <c r="I50">
         <v>2011</v>
       </c>
       <c r="J50" t="s">
         <v>34</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P50" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B51" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2005</v>
       </c>
       <c r="I51">
         <v>2011</v>
       </c>
       <c r="J51" t="s">
         <v>34</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M51" t="s">
         <v>26</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P51" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B52" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C52" t="s">
         <v>74</v>
       </c>
       <c r="D52" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>33</v>
       </c>
       <c r="G52" t="s">
         <v>47</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>128</v>
       </c>
       <c r="K52" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P52" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B53" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C53" t="s">
         <v>74</v>
       </c>
       <c r="D53" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2014</v>
       </c>
       <c r="I53">
         <v>2025</v>
       </c>
       <c r="J53" t="s">
         <v>128</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P53" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B54" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C54" t="s">
         <v>74</v>
       </c>
       <c r="D54" t="s">
         <v>103</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>33</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2010</v>
       </c>
       <c r="I54">
         <v>2016</v>
       </c>
       <c r="J54" t="s">
         <v>77</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="M54" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P54" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B55" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C55" t="s">
         <v>74</v>
       </c>
       <c r="D55" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2004</v>
       </c>
       <c r="I55">
         <v>2015</v>
       </c>
       <c r="J55" t="s">
         <v>128</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M55" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P55" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B56" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C56" t="s">
         <v>74</v>
       </c>
       <c r="D56" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>1996</v>
       </c>
       <c r="I56">
         <v>2005</v>
       </c>
       <c r="J56" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M56" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P56" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B57" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C57" t="s">
         <v>74</v>
       </c>
       <c r="D57" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>33</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2006</v>
       </c>
       <c r="I57">
         <v>2025</v>
       </c>
       <c r="J57" t="s">
         <v>128</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="M57" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P57" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B58" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C58" t="s">
         <v>74</v>
       </c>
       <c r="D58" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>33</v>
       </c>
       <c r="G58" t="s">
         <v>47</v>
       </c>
       <c r="H58">
         <v>2020</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>128</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M58" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P58" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B59" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C59" t="s">
         <v>74</v>
       </c>
       <c r="D59" t="s">
         <v>83</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>316</v>
+        <v>133</v>
       </c>
       <c r="H59">
         <v>1997</v>
       </c>
       <c r="I59">
         <v>2005</v>
       </c>
       <c r="J59" t="s">
         <v>77</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N59" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O59" t="s">
         <v>317</v>
       </c>
       <c r="P59" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>319</v>
       </c>
       <c r="B60" t="s">
         <v>320</v>
       </c>
       <c r="C60" t="s">
         <v>74</v>
       </c>
       <c r="D60" t="s">
         <v>83</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2004</v>
       </c>
       <c r="I60">
         <v>2025</v>
       </c>
       <c r="J60" t="s">
         <v>128</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
         <v>321</v>
       </c>
       <c r="M60" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>322</v>
       </c>
       <c r="P60" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>324</v>
       </c>
       <c r="B61" t="s">
         <v>325</v>
       </c>
       <c r="C61" t="s">
         <v>74</v>
       </c>
       <c r="D61" t="s">
         <v>59</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>47</v>
       </c>
       <c r="H61">
         <v>2018</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>77</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
         <v>324</v>
       </c>
       <c r="M61" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>326</v>
       </c>
       <c r="P61" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>328</v>
       </c>
       <c r="B62" t="s">
         <v>329</v>
       </c>
       <c r="C62" t="s">
         <v>74</v>
       </c>
       <c r="D62" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>8</v>
       </c>
       <c r="H62">
         <v>2016</v>
       </c>
       <c r="I62">
         <v>2025</v>
       </c>
       <c r="J62" t="s">
         <v>128</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
         <v>330</v>
       </c>
       <c r="M62" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>331</v>
       </c>
       <c r="P62" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>333</v>
       </c>
       <c r="B63" t="s">
         <v>334</v>
       </c>
       <c r="C63" t="s">
         <v>74</v>
       </c>
       <c r="D63" t="s">
         <v>335</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2012</v>
       </c>
       <c r="I63">
         <v>2013</v>
       </c>
       <c r="J63" t="s">
         <v>77</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>333</v>
       </c>
       <c r="M63" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>336</v>
       </c>
       <c r="P63" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>338</v>
       </c>
       <c r="B64" t="s">
         <v>339</v>
       </c>
       <c r="C64" t="s">
         <v>74</v>
       </c>
       <c r="D64" t="s">
         <v>115</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>1995</v>
       </c>
       <c r="I64">
         <v>2017</v>
       </c>
       <c r="J64" t="s">
         <v>77</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>338</v>
       </c>
       <c r="M64" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>340</v>
       </c>
       <c r="P64" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>342</v>
       </c>
       <c r="B65" t="s">
         <v>343</v>
       </c>
       <c r="C65" t="s">
         <v>74</v>
       </c>
       <c r="D65" t="s">
         <v>115</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>1995</v>
       </c>
       <c r="I65">
         <v>2018</v>
       </c>
       <c r="J65" t="s">
         <v>77</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>344</v>
       </c>
       <c r="P65" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>346</v>
       </c>
       <c r="B66"/>
       <c r="C66" t="s">
         <v>74</v>
       </c>
       <c r="D66" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
       </c>
       <c r="H66">
         <v>2018</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>77</v>
       </c>
       <c r="K66" t="s">
         <v>347</v>
       </c>
       <c r="L66" t="s">
         <v>348</v>
       </c>
       <c r="M66" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>349</v>
       </c>
       <c r="P66" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>351</v>
       </c>
       <c r="B67" t="s">
         <v>352</v>
       </c>
       <c r="C67" t="s">
         <v>74</v>
       </c>
       <c r="D67" t="s">
         <v>132</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2010</v>
       </c>
       <c r="I67">
         <v>2018</v>
       </c>
       <c r="J67" t="s">
         <v>77</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>351</v>
       </c>
       <c r="M67" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
         <v>353</v>
       </c>
       <c r="P67" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>355</v>
       </c>
       <c r="B68" t="s">
         <v>356</v>
       </c>
       <c r="C68" t="s">
         <v>74</v>
       </c>
       <c r="D68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>116</v>
       </c>
       <c r="H68">
         <v>2017</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>128</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>357</v>
       </c>
       <c r="M68" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>358</v>
       </c>
       <c r="P68" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>360</v>
       </c>
       <c r="B69" t="s">
         <v>361</v>
       </c>
       <c r="C69" t="s">
         <v>74</v>
       </c>
       <c r="D69" t="s">
         <v>46</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2017</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
         <v>360</v>
       </c>
       <c r="M69" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>362</v>
       </c>
       <c r="P69" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>364</v>
       </c>
       <c r="B70" t="s">
         <v>365</v>
       </c>
       <c r="C70" t="s">
         <v>74</v>
       </c>
       <c r="D70" t="s">
         <v>366</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>47</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>77</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70" t="s">
         <v>367</v>
       </c>
       <c r="M70" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
         <v>368</v>
       </c>
       <c r="P70" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>370</v>
       </c>
       <c r="B71" t="s">
         <v>371</v>
       </c>
       <c r="C71" t="s">
         <v>74</v>
       </c>
       <c r="D71" t="s">
         <v>83</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>47</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>77</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>372</v>
       </c>
       <c r="N71" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O71" t="s">
         <v>373</v>
       </c>
       <c r="P71" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>375</v>
       </c>
       <c r="B72" t="s">
         <v>376</v>
       </c>
       <c r="C72" t="s">
         <v>74</v>
       </c>
       <c r="D72" t="s">
         <v>377</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72" t="s">
         <v>116</v>
       </c>
       <c r="H72">
         <v>2025</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>128</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>378</v>
       </c>
       <c r="M72" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>379</v>
       </c>
       <c r="P72" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>381</v>
       </c>
       <c r="B73" t="s">
         <v>382</v>
       </c>
       <c r="C73" t="s">
         <v>74</v>
       </c>
       <c r="D73" t="s">
         <v>59</v>
       </c>
       <c r="E73" t="s">
@@ -6395,81 +6397,81 @@
       </c>
       <c r="M75" t="s">
         <v>386</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
         <v>397</v>
       </c>
       <c r="P75" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>399</v>
       </c>
       <c r="B76" t="s">
         <v>400</v>
       </c>
       <c r="C76" t="s">
         <v>74</v>
       </c>
       <c r="D76" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E76" t="s">
         <v>383</v>
       </c>
       <c r="F76" t="s">
         <v>384</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>1994</v>
       </c>
       <c r="I76">
         <v>2012</v>
       </c>
       <c r="J76" t="s">
         <v>385</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76" t="s">
         <v>401</v>
       </c>
       <c r="M76" t="s">
         <v>386</v>
       </c>
       <c r="N76" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O76" t="s">
         <v>402</v>
       </c>
       <c r="P76" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>404</v>
       </c>
       <c r="B77" t="s">
         <v>405</v>
       </c>
       <c r="C77" t="s">
         <v>74</v>
       </c>
       <c r="D77" t="s">
         <v>335</v>
       </c>
       <c r="E77" t="s">
         <v>383</v>
       </c>
       <c r="F77" t="s">
@@ -6495,101 +6497,101 @@
       </c>
       <c r="M77" t="s">
         <v>386</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>407</v>
       </c>
       <c r="P77" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>409</v>
       </c>
       <c r="B78" t="s">
         <v>410</v>
       </c>
       <c r="C78" t="s">
         <v>74</v>
       </c>
       <c r="D78" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E78" t="s">
         <v>383</v>
       </c>
       <c r="F78" t="s">
         <v>384</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1996</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
         <v>385</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
         <v>411</v>
       </c>
       <c r="M78" t="s">
         <v>386</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>412</v>
       </c>
       <c r="P78" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>414</v>
       </c>
       <c r="B79" t="s">
         <v>415</v>
       </c>
       <c r="C79" t="s">
         <v>74</v>
       </c>
       <c r="D79" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E79" t="s">
         <v>383</v>
       </c>
       <c r="F79" t="s">
         <v>384</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1996</v>
       </c>
       <c r="I79">
         <v>2012</v>
       </c>
       <c r="J79" t="s">
         <v>385</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
         <v>416</v>
       </c>
@@ -7045,51 +7047,51 @@
       </c>
       <c r="M88" t="s">
         <v>386</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
         <v>465</v>
       </c>
       <c r="P88" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
         <v>467</v>
       </c>
       <c r="B89" t="s">
         <v>468</v>
       </c>
       <c r="C89" t="s">
         <v>74</v>
       </c>
       <c r="D89" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E89" t="s">
         <v>383</v>
       </c>
       <c r="F89" t="s">
         <v>384</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2002</v>
       </c>
       <c r="I89">
         <v>2012</v>
       </c>
       <c r="J89" t="s">
         <v>385</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>469</v>
       </c>
@@ -7195,51 +7197,51 @@
       </c>
       <c r="M91" t="s">
         <v>448</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>480</v>
       </c>
       <c r="P91" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>481</v>
       </c>
       <c r="B92" t="s">
         <v>482</v>
       </c>
       <c r="C92" t="s">
         <v>74</v>
       </c>
       <c r="D92" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E92" t="s">
         <v>383</v>
       </c>
       <c r="F92" t="s">
         <v>384</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2003</v>
       </c>
       <c r="I92">
         <v>2012</v>
       </c>
       <c r="J92" t="s">
         <v>385</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
         <v>483</v>
       </c>
@@ -7275,51 +7277,51 @@
       <c r="F93" t="s">
         <v>384</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2004</v>
       </c>
       <c r="I93">
         <v>2012</v>
       </c>
       <c r="J93" t="s">
         <v>385</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
         <v>488</v>
       </c>
       <c r="M93" t="s">
         <v>386</v>
       </c>
       <c r="N93" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O93" t="s">
         <v>489</v>
       </c>
       <c r="P93" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>491</v>
       </c>
       <c r="B94" t="s">
         <v>492</v>
       </c>
       <c r="C94" t="s">
         <v>74</v>
       </c>
       <c r="D94" t="s">
         <v>63</v>
       </c>
       <c r="E94" t="s">
         <v>383</v>
       </c>
       <c r="F94" t="s">
@@ -7395,151 +7397,151 @@
       </c>
       <c r="M95" t="s">
         <v>386</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>498</v>
       </c>
       <c r="P95" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>500</v>
       </c>
       <c r="B96" t="s">
         <v>501</v>
       </c>
       <c r="C96" t="s">
         <v>74</v>
       </c>
       <c r="D96" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E96" t="s">
         <v>383</v>
       </c>
       <c r="F96" t="s">
         <v>384</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2004</v>
       </c>
       <c r="I96">
         <v>2012</v>
       </c>
       <c r="J96" t="s">
         <v>385</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
         <v>502</v>
       </c>
       <c r="M96" t="s">
         <v>386</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>503</v>
       </c>
       <c r="P96" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>505</v>
       </c>
       <c r="B97" t="s">
         <v>506</v>
       </c>
       <c r="C97" t="s">
         <v>74</v>
       </c>
       <c r="D97" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E97" t="s">
         <v>383</v>
       </c>
       <c r="F97" t="s">
         <v>384</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2004</v>
       </c>
       <c r="I97">
         <v>2012</v>
       </c>
       <c r="J97" t="s">
         <v>385</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97" t="s">
         <v>411</v>
       </c>
       <c r="M97" t="s">
         <v>386</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>507</v>
       </c>
       <c r="P97" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>509</v>
       </c>
       <c r="B98" t="s">
         <v>510</v>
       </c>
       <c r="C98" t="s">
         <v>74</v>
       </c>
       <c r="D98" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E98" t="s">
         <v>383</v>
       </c>
       <c r="F98" t="s">
         <v>384</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2005</v>
       </c>
       <c r="I98">
         <v>2012</v>
       </c>
       <c r="J98" t="s">
         <v>385</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>511</v>
       </c>
@@ -7595,51 +7597,51 @@
       </c>
       <c r="M99" t="s">
         <v>386</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>517</v>
       </c>
       <c r="P99" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>519</v>
       </c>
       <c r="B100" t="s">
         <v>520</v>
       </c>
       <c r="C100" t="s">
         <v>74</v>
       </c>
       <c r="D100" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E100" t="s">
         <v>383</v>
       </c>
       <c r="F100" t="s">
         <v>384</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2007</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
         <v>385</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>521</v>
       </c>
@@ -7775,101 +7777,101 @@
       <c r="F103" t="s">
         <v>384</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2008</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
         <v>385</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
         <v>537</v>
       </c>
       <c r="M103" t="s">
         <v>386</v>
       </c>
       <c r="N103" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O103" t="s">
         <v>538</v>
       </c>
       <c r="P103" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
         <v>540</v>
       </c>
       <c r="B104" t="s">
         <v>541</v>
       </c>
       <c r="C104" t="s">
         <v>74</v>
       </c>
       <c r="D104" t="s">
         <v>542</v>
       </c>
       <c r="E104" t="s">
         <v>383</v>
       </c>
       <c r="F104" t="s">
         <v>384</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2008</v>
       </c>
       <c r="I104">
         <v>2012</v>
       </c>
       <c r="J104" t="s">
         <v>385</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
         <v>543</v>
       </c>
       <c r="M104" t="s">
         <v>386</v>
       </c>
       <c r="N104" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O104" t="s">
         <v>544</v>
       </c>
       <c r="P104" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
         <v>546</v>
       </c>
       <c r="B105" t="s">
         <v>547</v>
       </c>
       <c r="C105" t="s">
         <v>74</v>
       </c>
       <c r="D105" t="s">
         <v>548</v>
       </c>
       <c r="E105" t="s">
         <v>383</v>
       </c>
       <c r="F105" t="s">
@@ -7895,151 +7897,151 @@
       </c>
       <c r="M105" t="s">
         <v>386</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
         <v>550</v>
       </c>
       <c r="P105" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
         <v>552</v>
       </c>
       <c r="B106" t="s">
         <v>553</v>
       </c>
       <c r="C106" t="s">
         <v>74</v>
       </c>
       <c r="D106" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E106" t="s">
         <v>383</v>
       </c>
       <c r="F106" t="s">
         <v>384</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>1994</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
         <v>446</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
         <v>554</v>
       </c>
       <c r="M106" t="s">
         <v>448</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
         <v>555</v>
       </c>
       <c r="P106" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
         <v>556</v>
       </c>
       <c r="B107" t="s">
         <v>557</v>
       </c>
       <c r="C107" t="s">
         <v>74</v>
       </c>
       <c r="D107" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E107" t="s">
         <v>383</v>
       </c>
       <c r="F107" t="s">
         <v>384</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2008</v>
       </c>
       <c r="I107">
         <v>2012</v>
       </c>
       <c r="J107" t="s">
         <v>446</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
         <v>558</v>
       </c>
       <c r="M107" t="s">
         <v>448</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
         <v>559</v>
       </c>
       <c r="P107" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>560</v>
       </c>
       <c r="B108" t="s">
         <v>561</v>
       </c>
       <c r="C108" t="s">
         <v>74</v>
       </c>
       <c r="D108" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E108" t="s">
         <v>383</v>
       </c>
       <c r="F108" t="s">
         <v>384</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2009</v>
       </c>
       <c r="I108">
         <v>2012</v>
       </c>
       <c r="J108" t="s">
         <v>385</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>562</v>
       </c>
@@ -8607,51 +8609,51 @@
       <c r="L120"/>
       <c r="M120" t="s">
         <v>605</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
         <v>627</v>
       </c>
       <c r="P120" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
         <v>629</v>
       </c>
       <c r="B121" t="s">
         <v>630</v>
       </c>
       <c r="C121" t="s">
         <v>90</v>
       </c>
       <c r="D121" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E121" t="s">
         <v>383</v>
       </c>
       <c r="F121" t="s">
         <v>384</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
       <c r="I121">
         <v>2012</v>
       </c>
       <c r="J121" t="s">
         <v>446</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
         <v>605</v>
@@ -8814,78 +8816,78 @@
         <v>649</v>
       </c>
       <c r="C125" t="s">
         <v>90</v>
       </c>
       <c r="D125" t="s">
         <v>650</v>
       </c>
       <c r="E125" t="s">
         <v>383</v>
       </c>
       <c r="F125" t="s">
         <v>384</v>
       </c>
       <c r="G125" t="s">
         <v>47</v>
       </c>
       <c r="H125">
         <v>2017</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>645</v>
       </c>
       <c r="K125" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
         <v>605</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
         <v>651</v>
       </c>
       <c r="P125" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
         <v>653</v>
       </c>
       <c r="B126" t="s">
         <v>654</v>
       </c>
       <c r="C126" t="s">
         <v>90</v>
       </c>
       <c r="D126" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E126" t="s">
         <v>383</v>
       </c>
       <c r="F126" t="s">
         <v>384</v>
       </c>
       <c r="G126" t="s">
         <v>47</v>
       </c>
       <c r="H126">
         <v>2017</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>645</v>
       </c>
       <c r="K126" t="s">
         <v>594</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
         <v>605</v>
       </c>
       <c r="N126" t="s">
@@ -8981,51 +8983,51 @@
       <c r="L128"/>
       <c r="M128" t="s">
         <v>605</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
         <v>666</v>
       </c>
       <c r="P128" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
         <v>668</v>
       </c>
       <c r="B129" t="s">
         <v>669</v>
       </c>
       <c r="C129" t="s">
         <v>90</v>
       </c>
       <c r="D129" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E129" t="s">
         <v>383</v>
       </c>
       <c r="F129" t="s">
         <v>384</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2012</v>
       </c>
       <c r="I129">
         <v>2012</v>
       </c>
       <c r="J129" t="s">
         <v>446</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
         <v>605</v>
@@ -9075,764 +9077,764 @@
       <c r="L130"/>
       <c r="M130" t="s">
         <v>605</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>674</v>
       </c>
       <c r="P130" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
         <v>676</v>
       </c>
       <c r="B131" t="s">
         <v>677</v>
       </c>
       <c r="C131" t="s">
         <v>74</v>
       </c>
       <c r="D131" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2000</v>
       </c>
       <c r="I131">
         <v>2014</v>
       </c>
       <c r="J131" t="s">
         <v>385</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
         <v>678</v>
       </c>
       <c r="M131" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
         <v>679</v>
       </c>
       <c r="P131" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
         <v>681</v>
       </c>
       <c r="B132" t="s">
         <v>682</v>
       </c>
       <c r="C132" t="s">
         <v>74</v>
       </c>
       <c r="D132" t="s">
         <v>683</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>1997</v>
       </c>
       <c r="I132">
         <v>2014</v>
       </c>
       <c r="J132" t="s">
         <v>77</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
         <v>684</v>
       </c>
       <c r="M132" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
         <v>685</v>
       </c>
       <c r="P132" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
         <v>687</v>
       </c>
       <c r="B133" t="s">
         <v>688</v>
       </c>
       <c r="C133" t="s">
         <v>74</v>
       </c>
       <c r="D133" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>33</v>
       </c>
       <c r="G133" t="s">
         <v>47</v>
       </c>
       <c r="H133">
         <v>2011</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>385</v>
       </c>
       <c r="K133" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L133" t="s">
         <v>689</v>
       </c>
       <c r="M133" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
         <v>690</v>
       </c>
       <c r="P133" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
         <v>692</v>
       </c>
       <c r="B134" t="s">
         <v>693</v>
       </c>
       <c r="C134" t="s">
         <v>74</v>
       </c>
       <c r="D134" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>33</v>
       </c>
       <c r="G134" t="s">
-        <v>316</v>
+        <v>133</v>
       </c>
       <c r="H134">
         <v>1994</v>
       </c>
       <c r="I134">
         <v>2014</v>
       </c>
       <c r="J134" t="s">
         <v>385</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
         <v>694</v>
       </c>
       <c r="M134" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
         <v>695</v>
       </c>
       <c r="P134" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
         <v>697</v>
       </c>
       <c r="B135" t="s">
         <v>698</v>
       </c>
       <c r="C135" t="s">
         <v>74</v>
       </c>
       <c r="D135" t="s">
         <v>699</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>33</v>
       </c>
       <c r="G135" t="s">
-        <v>316</v>
+        <v>133</v>
       </c>
       <c r="H135">
         <v>2002</v>
       </c>
       <c r="I135">
         <v>2007</v>
       </c>
       <c r="J135" t="s">
         <v>77</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
         <v>700</v>
       </c>
       <c r="M135" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
         <v>701</v>
       </c>
       <c r="P135" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
         <v>703</v>
       </c>
       <c r="B136" t="s">
         <v>704</v>
       </c>
       <c r="C136" t="s">
         <v>74</v>
       </c>
       <c r="D136" t="s">
         <v>59</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>33</v>
       </c>
       <c r="G136" t="s">
         <v>47</v>
       </c>
       <c r="H136">
         <v>2012</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>385</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
         <v>705</v>
       </c>
       <c r="M136" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
         <v>706</v>
       </c>
       <c r="P136" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
         <v>708</v>
       </c>
       <c r="B137" t="s">
         <v>709</v>
       </c>
       <c r="C137" t="s">
         <v>74</v>
       </c>
       <c r="D137" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>710</v>
       </c>
       <c r="H137">
         <v>2010</v>
       </c>
       <c r="I137">
         <v>2016</v>
       </c>
       <c r="J137" t="s">
         <v>77</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
         <v>711</v>
       </c>
       <c r="M137" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N137" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O137" t="s">
         <v>712</v>
       </c>
       <c r="P137" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
         <v>714</v>
       </c>
       <c r="B138" t="s">
         <v>715</v>
       </c>
       <c r="C138" t="s">
         <v>74</v>
       </c>
       <c r="D138" t="s">
         <v>542</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2008</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>77</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
         <v>716</v>
       </c>
       <c r="M138" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N138" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O138" t="s">
         <v>717</v>
       </c>
       <c r="P138" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
         <v>719</v>
       </c>
       <c r="B139" t="s">
         <v>720</v>
       </c>
       <c r="C139" t="s">
         <v>74</v>
       </c>
       <c r="D139" t="s">
         <v>115</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>33</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>1995</v>
       </c>
       <c r="I139">
         <v>2008</v>
       </c>
       <c r="J139" t="s">
         <v>385</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
         <v>721</v>
       </c>
       <c r="M139" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>722</v>
       </c>
       <c r="P139" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>724</v>
       </c>
       <c r="B140" t="s">
         <v>725</v>
       </c>
       <c r="C140" t="s">
         <v>74</v>
       </c>
       <c r="D140" t="s">
         <v>463</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>33</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2008</v>
       </c>
       <c r="I140">
         <v>2014</v>
       </c>
       <c r="J140" t="s">
         <v>77</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
         <v>726</v>
       </c>
       <c r="M140" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
         <v>727</v>
       </c>
       <c r="P140" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
         <v>729</v>
       </c>
       <c r="B141" t="s">
         <v>730</v>
       </c>
       <c r="C141" t="s">
         <v>74</v>
       </c>
       <c r="D141" t="s">
         <v>115</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>33</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>1995</v>
       </c>
       <c r="I141">
         <v>2010</v>
       </c>
       <c r="J141" t="s">
         <v>446</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
         <v>731</v>
       </c>
       <c r="M141" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
         <v>732</v>
       </c>
       <c r="P141" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
         <v>734</v>
       </c>
       <c r="B142" t="s">
         <v>735</v>
       </c>
       <c r="C142" t="s">
         <v>74</v>
       </c>
       <c r="D142" t="s">
         <v>736</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>33</v>
       </c>
       <c r="G142" t="s">
         <v>47</v>
       </c>
       <c r="H142">
         <v>2013</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>77</v>
       </c>
       <c r="K142" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L142" t="s">
         <v>737</v>
       </c>
       <c r="M142" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
         <v>738</v>
       </c>
       <c r="P142" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
         <v>740</v>
       </c>
       <c r="B143" t="s">
         <v>741</v>
       </c>
       <c r="C143" t="s">
         <v>74</v>
       </c>
       <c r="D143" t="s">
         <v>115</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>33</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>1995</v>
       </c>
       <c r="I143">
         <v>2016</v>
       </c>
       <c r="J143" t="s">
         <v>77</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
         <v>742</v>
       </c>
       <c r="P143" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
         <v>744</v>
       </c>
       <c r="B144" t="s">
         <v>745</v>
       </c>
       <c r="C144" t="s">
         <v>74</v>
       </c>
       <c r="D144" t="s">
         <v>366</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
         <v>47</v>
       </c>
       <c r="H144">
         <v>2012</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>385</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
         <v>746</v>
       </c>
       <c r="M144" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
         <v>747</v>
       </c>
       <c r="P144" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
         <v>749</v>
       </c>
       <c r="B145" t="s">
         <v>750</v>
       </c>
       <c r="C145" t="s">
         <v>74</v>
       </c>
       <c r="D145" t="s">
         <v>751</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>33</v>
       </c>
       <c r="G145" t="s">
         <v>47</v>
       </c>
       <c r="H145">
         <v>2014</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>385</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
         <v>752</v>
       </c>
       <c r="M145" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
         <v>753</v>
       </c>
       <c r="P145" t="s">
         <v>754</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>