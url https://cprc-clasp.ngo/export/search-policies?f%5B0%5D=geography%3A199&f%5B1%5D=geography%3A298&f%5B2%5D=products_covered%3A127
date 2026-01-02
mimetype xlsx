--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,146 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
     <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
 and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
 This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
@@ -625,257 +628,257 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H4">
         <v>2021</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5"/>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>31</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">