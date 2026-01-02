--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -184,69 +184,72 @@
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
     <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
@@ -986,522 +989,522 @@
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>50</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="H6">
         <v>2011</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>46</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2011</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>46</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>1995</v>
       </c>
       <c r="I8">
         <v>2017</v>
       </c>
       <c r="J8" t="s">
         <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="P8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2018</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2017</v>
       </c>
       <c r="J10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>1998</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1998</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>1995</v>
       </c>
       <c r="I13">
         <v>2008</v>
       </c>
       <c r="J13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1995</v>
       </c>
       <c r="I14">
         <v>2010</v>
       </c>
       <c r="J14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D15" t="s">
         <v>32</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1995</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
         <v>35</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">