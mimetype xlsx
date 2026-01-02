--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -282,50 +282,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
     <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
   </si>
   <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
   </si>
   <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
   </si>
   <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
   </si>
@@ -1214,226 +1217,226 @@
       </c>
       <c r="P10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>85</v>
       </c>
       <c r="B11" t="s">
         <v>86</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>87</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="H11">
         <v>2002</v>
       </c>
       <c r="I11">
         <v>2007</v>
       </c>
       <c r="J11" t="s">
         <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
         <v>46</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>43</v>
       </c>
       <c r="H12">
         <v>1995</v>
       </c>
       <c r="I12">
         <v>2008</v>
       </c>
       <c r="J12" t="s">
         <v>69</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
         <v>46</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>51</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>43</v>
       </c>
       <c r="H13">
         <v>1995</v>
       </c>
       <c r="I13">
         <v>2010</v>
       </c>
       <c r="J13" t="s">
         <v>76</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="M13" t="s">
         <v>46</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>51</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>43</v>
       </c>
       <c r="H14">
         <v>1995</v>
       </c>
       <c r="I14">
         <v>2016</v>
       </c>
       <c r="J14" t="s">
         <v>36</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>46</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">