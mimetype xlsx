--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -171,50 +171,53 @@
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
     <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-014-ener-2004</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
   </si>
   <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
     <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
@@ -347,50 +350,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4151-three-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4151_01_2.pdf</t>
   </si>
   <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
     <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
   </si>
   <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -717,51 +723,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="702.971" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -983,570 +989,570 @@
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="H6">
         <v>1997</v>
       </c>
       <c r="I6">
         <v>2005</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
         <v>36</v>
       </c>
       <c r="O6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="H7">
         <v>2004</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N7" t="s">
         <v>44</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>8</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>44</v>
       </c>
       <c r="O8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N9" t="s">
         <v>36</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>32</v>
       </c>
       <c r="F10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>43</v>
       </c>
       <c r="N10" t="s">
         <v>36</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>1994</v>
       </c>
       <c r="I11">
         <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G12" t="s">
         <v>33</v>
       </c>
       <c r="H12">
         <v>1999</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
         <v>44</v>
       </c>
       <c r="O12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G13" t="s">
         <v>33</v>
       </c>
       <c r="H13">
         <v>1994</v>
       </c>
       <c r="I13">
         <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
         <v>44</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>48</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14">
         <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N14" t="s">
         <v>44</v>
       </c>
       <c r="O14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
       <c r="I15">
         <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N15" t="s">
         <v>44</v>
       </c>
       <c r="O15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
       <c r="I16">
         <v>2016</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="M16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N16" t="s">
         <v>36</v>
       </c>
       <c r="O16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="P16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">