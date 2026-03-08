--- v0 (2025-11-26)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -219,66 +219,70 @@
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
   </si>
   <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
   </si>
   <si>
     <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
 b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
   <si>
-    <t>NOM-014-ENER-2004</t>
-[...2 lines deleted...]
-    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+    <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...5 lines deleted...]
-    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+    <t>NOM-008-SE-2021
+,   
+                    IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
+,   
+                    IEEE 114-2010-IEEE</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
   </si>
   <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
     <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-015-ener-2018</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
   </si>
   <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
     <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
@@ -371,50 +375,53 @@
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
     <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
   </si>
   <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
     <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
@@ -431,105 +438,75 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
-    <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
-[...31 lines deleted...]
-  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
   </si>
   <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 - Three Phase Motors</t>
   </si>
   <si>
     <t>Standard NOM-016-ENER-2016 applies to alternating current, three-phase, induction, squirrel cage type electric motors, with a rated output of 0.746 kW to 373 kW, with nominal electrical voltage up to 600 V, open or closed, single frequency (speed of rotation on the motor shaft or shaft) of rotation, horizontal mounting position or vertical, air-cooled and continuous regime, marketed in national territory.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI /  NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-016-ener-2016-three-phase-motors</t>
   </si>
   <si>
     <t>https://dof.gob.mx/nota_detalle.php?codigo=5460981&amp;fecha=15/11/2016#gsc.tab=0</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
@@ -974,65 +951,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P33"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="999.042" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1415,67 +1392,69 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="G9" t="s">
         <v>33</v>
       </c>
       <c r="H9">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="I9">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="J9" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
-      <c r="L9"/>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="O9" t="s">
         <v>71</v>
       </c>
       <c r="P9" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>75</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
@@ -1867,793 +1846,693 @@
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>40</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>116</v>
       </c>
       <c r="N18" t="s">
-        <v>70</v>
+        <v>117</v>
       </c>
       <c r="O18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19">
         <v>2000</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="G20" t="s">
         <v>33</v>
       </c>
       <c r="H20">
         <v>1997</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
         <v>40</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P20" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B21" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K21" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>1994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B23" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G23" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
       <c r="H23">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="I23">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="J23" t="s">
         <v>40</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="O23" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="P23" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B24" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>75</v>
+        <v>152</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H24">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="O24" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P24" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B25" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>155</v>
+        <v>85</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>33</v>
       </c>
       <c r="H25">
-        <v>2010</v>
+        <v>1995</v>
       </c>
       <c r="I25">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="J25" t="s">
-        <v>40</v>
+        <v>122</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="P25" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B26" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>33</v>
       </c>
       <c r="H26">
         <v>2008</v>
       </c>
-      <c r="I26"/>
+      <c r="I26">
+        <v>2014</v>
+      </c>
       <c r="J26" t="s">
         <v>40</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P26" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B27" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
         <v>85</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>33</v>
       </c>
       <c r="H27">
         <v>1995</v>
       </c>
       <c r="I27">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="J27" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
         <v>40</v>
       </c>
       <c r="K28" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="L28" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="P28" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>85</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29">
         <v>1995</v>
       </c>
       <c r="I29">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>178</v>
+        <v>40</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P29" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>40</v>
+        <v>122</v>
       </c>
       <c r="K30" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="L30" t="s">
         <v>185</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
         <v>186</v>
       </c>
       <c r="P30" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>188</v>
       </c>
       <c r="B31" t="s">
         <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>190</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>1995</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>40</v>
+        <v>122</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>191</v>
+      </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P31" t="s">
-        <v>191</v>
-[...6 lines deleted...]
-      <c r="B32" t="s">
         <v>193</v>
-      </c>
-[...86 lines deleted...]
-        <v>202</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">